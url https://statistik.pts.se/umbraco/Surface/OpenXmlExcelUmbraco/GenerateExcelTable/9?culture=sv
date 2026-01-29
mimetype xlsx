--- v0 (2025-10-13)
+++ v1 (2026-01-29)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb41e8af134ae45b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R937fcdac104746db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet28" sheetId="28" r:id="R2aa4d1e1ff424fcf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet18" sheetId="18" r:id="R1f826b609fb24532"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="12"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="006100"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="14"/>
@@ -88,68 +88,71 @@
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="2" borderId="0" applyFill="1"/>
     <x:xf fontId="4" fillId="3" borderId="0" applyFill="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" indent="200"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
   </x:cellXfs>
   <x:xf numFmtId="3453" applyNumberFormat="1" applyFont="1"/>
   <x:col min="5" max="5" width="16" customWidth="1"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcbaba5a17440448f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97386af536104b22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R2aa4d1e1ff424fcf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5247429982e544a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R984cb9f278334371" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R1f826b609fb24532" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c s="3" t="str">
         <x:v>Tabell 9-Fasta samtalstjänster - antal utgående telefonsamtal (miljoner) från slutkund
  (PSTN, ISDN och IP-baserad telefoni) [1]*</x:v>
       </x:c>
       <x:c s="3" t="str">
+        <x:v>2025  1.halvår</x:v>
+      </x:c>
+      <x:c s="3" t="str">
         <x:v>2024  helår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2024  1.halvår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2023  helår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2023  1.halvår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2022  helår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2022  1.halvår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2021  helår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2021  1.halvår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2020  helår</x:v>
@@ -275,50 +278,53 @@
         <x:v>2000  helår</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c s="0" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c s="0" t="str">
         <x:v>Antal utgående samtal för fasta samtalstjänster  -  privat</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>76.108600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>105.011400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>55.330500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>146.423400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>75.642100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>200.250100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>143.257400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>327.734443000</x:v>
@@ -427,50 +433,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c s="0" t="str">
         <x:v>    Nationella samtal från fasta nät till fasta nät</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>33.211100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>46.778600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>25.576300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>75.243700000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>38.591400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>108.182400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>67.691200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>167.526451714</x:v>
@@ -579,50 +588,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c s="0" t="str">
         <x:v>    varav telefonsamtal</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>33.211100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>46.778600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>25.576300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>75.243700000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>38.591400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>108.182400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>67.691200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>167.526451714</x:v>
@@ -776,50 +788,53 @@
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>0.140000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.254000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.162000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.550000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.439000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1.073000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1.949000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3.887000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2.298200000</x:v>
@@ -891,50 +906,53 @@
     <x:row r="10">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c s="0" t="str">
         <x:v>    Samtal från fasta nät till mobilnät</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>34.987200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>49.285200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>24.904000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>58.889000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>30.328900000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>75.004900000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>61.073500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>127.451536903</x:v>
@@ -1043,50 +1061,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c s="0" t="str">
         <x:v>    Internationella samtal [5]</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>1.832200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2.655700000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1.381200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4.022100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1.992900000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4.942300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3.307200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>8.225654384</x:v>
@@ -1195,50 +1216,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c s="0" t="str">
         <x:v>    Övrigt [3]</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>6.078100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6.291900000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3.469000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>8.268600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4.728900000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>12.120500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>11.185500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>24.530800000</x:v>
@@ -1355,50 +1379,53 @@
     <x:row r="14">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c s="0" t="str">
         <x:v>Antal utgående samtal för fasta samtalstjänster  -  företag</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>832.701800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>882.787300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>467.397600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>988.684335000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>567.266800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1165.306100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>626.659200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1433.466072000</x:v>
@@ -1507,50 +1534,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c s="0" t="str">
         <x:v>    Nationella samtal från fasta nät till fasta nät</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>222.983100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>233.949800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>134.410900000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>340.462200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>196.546400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>393.131300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>200.242500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>527.858477623</x:v>
@@ -1659,50 +1689,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c s="0" t="str">
         <x:v>    varav telefonsamtal</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>222.983100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>233.949800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>134.410900000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>340.462200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>196.546400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>393.131300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>200.242500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>527.858477623</x:v>
@@ -1856,50 +1889,53 @@
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>1.691000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3.510000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.275000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.637000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.374000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1.205000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.537000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5.374000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3.024000000</x:v>
@@ -1971,50 +2007,53 @@
     <x:row r="19">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c s="0" t="str">
         <x:v>    Samtal från fasta nät till mobilnät</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>537.833400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>580.742500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>299.593400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>575.491800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>327.491900000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>673.955100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>358.564700000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>775.960495014</x:v>
@@ -2123,50 +2162,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c s="0" t="str">
         <x:v>    Internationella samtal [5]</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>26.557000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>21.352200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7.803100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>21.115700000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>15.391100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>43.664700000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>32.048500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>53.214499362</x:v>
@@ -2275,50 +2317,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c s="0" t="str">
         <x:v>    Övrigt [3]</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>45.328300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>46.742800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>25.590200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>51.614635000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>27.837400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>54.555000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>35.803500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>76.432600000</x:v>
@@ -2435,50 +2480,53 @@
     <x:row r="23">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c s="0" t="str">
         <x:v>Totalt antal utgående samtal från fastnätsabonenter</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>908.810400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>987.798700000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>522.728100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1135.107735000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>642.908900000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1365.556200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>769.916600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1761.200515000</x:v>
@@ -2587,50 +2635,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c s="0" t="str">
         <x:v>    Nationella samtal från fasta nät till fasta nät</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>256.194200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>280.728400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>159.987200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>415.705900000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>235.137800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>501.313700000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>267.933700000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>695.384929337</x:v>
@@ -2739,50 +2790,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c s="0" t="str">
         <x:v>    varav telefonsamtal</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>256.194200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>280.728400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>159.987200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>415.705900000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>235.137800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>501.313700000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>267.933700000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>695.384929337</x:v>
@@ -2936,50 +2990,53 @@
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>1.831000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3.764000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.437000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1.187000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.813000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2.278000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2.486000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9.261000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5.322200000</x:v>
@@ -3051,50 +3108,53 @@
     <x:row r="28">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c s="0" t="str">
         <x:v>    Samtal från fasta nät till mobilnät</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>572.820600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>630.027700000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>324.497400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>634.380800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>357.820800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>748.960000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>419.638200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>903.412031917</x:v>
@@ -3203,50 +3263,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="30">
       <x:c s="0" t="str">
         <x:v>    Internationella samtal [5]</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>28.389200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>24.007900000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9.184300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>25.137800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>17.384000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>48.607000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>35.355700000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>61.440153746</x:v>
@@ -3355,50 +3418,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="31">
       <x:c s="0" t="str">
         <x:v>    Övrigt [3]</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>51.406400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>53.034700000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>29.059200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>59.883235000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>32.566300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>66.675500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>46.989000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>100.963400000</x:v>
@@ -3515,50 +3581,53 @@
     <x:row r="32">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="33">
       <x:c s="0" t="str">
         <x:v>    varav från ip-baserad telefoni [4]</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>477.075000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>480.842000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>247.587100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>457.191035000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>285.792400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>614.007300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>340.404600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>717.058915000</x:v>
@@ -3667,50 +3736,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="34">
       <x:c s="0" t="str">
         <x:v>        Privat</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>45.366600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>59.610400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>31.394500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>70.593400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>41.484100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>91.642100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>57.447800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>138.203943000</x:v>
@@ -3819,50 +3891,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c s="0" t="str">
         <x:v>        Företag</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>431.708400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>421.231600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>216.192600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>386.597635000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>244.308300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>522.365200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>282.956800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>578.854972000</x:v>
@@ -3979,50 +4054,53 @@
     <x:row r="36">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="37">
       <x:c s="0" t="str">
         <x:v>Genomsnittligt antal samtal per fastnätsabonnemang och månad</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>64.214394487</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>60.091921659</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>60.907920843</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>58.608124360</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>63.524147191</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>58.206988234</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>63.166859962</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>61.429522862</x:v>
@@ -4125,50 +4203,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="38">
       <x:c s="0" t="str">
         <x:v>    Privat</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>9.388418000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>10.306171961</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>10.253378275</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>11.383754061</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>11.014814252</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>12.307347849</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>16.827823666</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>15.916547342</x:v>
@@ -4271,50 +4352,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c s="0" t="str">
         <x:v>    Företag</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>137.725351731</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>141.269656096</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>146.705926554</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>151.982153382</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>174.361490074</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>162.082819395</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>170.496823688</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>177.420980753</x:v>
@@ -4402,43 +4486,43 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>291.002222312</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>301.413985516</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="41">
       <x:c s="0" t="str">
-        <x:v>Källa: Post- och telestyrelsen, 13 augusti 2025.
+        <x:v>Källa: Post- och telestyrelsen, 17 november 2025.
 * Se "Innehåll" eller www.statistik.pts.se under Dokument för att få reda på vilken fråga statistiken kommer ifrån. För datainsamlingen Svensk telemarknad första
 halvåret används samma tabeller som för helåret för att göra det lättare att hitta värden. Det innebär att på halvåret innehåller några tabeller inte något nytt värde
 för första halvåret och i vissa tabeller har några rader inte nytt värde.
 [1] För året 2003 ställdes inga frågor om samtal från fast telefoni och uppgifterna saknas därför.
 [2] Samtal till uppringt internet är uppringd access till Internet via antingen ett PSTN-modem eller ett ISDN-modem.
 Fr.o.m. 2015 ställs inte längre denna fråga.
 [3] Avser samtal från telefonautomater, nummerupplysningstjänst (118 XYZ), frisamtal (020-), samtal med delad kostnad (077-); betalteletjänst och
 massanroptjänst (071-, 072-, 0900-, 0939- och 0944-); mervärdestjänster och tilläggstjänster.
 [4] Med ip-telefoni avses den form där en ordinarie telefon kopplas till en bredbandsanslutning via exempelvis en terminaladapter. Alternativt används en ip-telefon
 eller motsvarande som kopplas direkt till en bredbandsanslutning. Även PBX:er som ansluts via ip-protokoll har inkluderats. Ett telefonsamtal som rings
 av en abonnent till ip-telefoni, skall kunna nå, och bli nådd av, telefoner kopplade till PSTN- och ISDN-näten.
 [5] Samtal från förbetalda telefonkort är inte inkluderade</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>