--- v0 (2025-10-25)
+++ v1 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R107307e36ac4449d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d53ecf958b54015" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet36" sheetId="36" r:id="Rb8f985699e634374"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet54" sheetId="54" r:id="R03d116c13e704f49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="12"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="006100"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="14"/>
@@ -88,68 +88,71 @@
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="2" borderId="0" applyFill="1"/>
     <x:xf fontId="4" fillId="3" borderId="0" applyFill="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" indent="200"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
   </x:cellXfs>
   <x:xf numFmtId="3453" applyNumberFormat="1" applyFont="1"/>
   <x:col min="5" max="5" width="16" customWidth="1"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rccbeb49ae8184302" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c88f14a482b4859" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rb8f985699e634374" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Radca685797964103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57e543b286174a63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R03d116c13e704f49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c s="3" t="str">
         <x:v>Table 8-Fixed call services - number of outgoing traffic minutes (millions) from end-user
 (PSTN, ISDN and IP-based telephony)*</x:v>
       </x:c>
       <x:c s="3" t="str">
+        <x:v>2025  half-year</x:v>
+      </x:c>
+      <x:c s="3" t="str">
         <x:v>2024  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2024  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2023  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2023  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2022  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2022  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2021  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2021  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2020  yearly</x:v>
@@ -263,50 +266,53 @@
         <x:v>2002  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2002  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2001  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2001  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2000  yearly</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c s="0" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c s="0" t="str">
         <x:v>Number of outgoing traffic minutes for fixed call services -  private</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>199.487200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>313.299100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>421.907800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>614.587300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>347.651900000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>866.533200000</x:v>
@@ -415,50 +421,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>16685.798140000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>34437.429015232</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>17707.815500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>37130.114000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>18659.998000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>36398.711100000</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c s="0" t="str">
         <x:v>    National calls from fixed networks to fixed networks</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>93.776000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>152.967500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>218.576700000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>317.768100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>181.691600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>482.689600000</x:v>
@@ -567,50 +576,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>15398.875258000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>31864.463347000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>16444.869000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>34932.971000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>17691.651000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>34713.804100000</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c s="0" t="str">
         <x:v>        of which telephone calls</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>93.776000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>152.967500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>218.576700000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>317.768100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>181.691600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>482.689600000</x:v>
@@ -776,50 +788,53 @@
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>1.925000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5.384000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3.370000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>11.456000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9.481000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>21.912000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>19.838000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>76.184000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>45.058000000</x:v>
@@ -879,50 +894,53 @@
         <x:v>5965.585000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13936.836000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7136.504000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13412.438100000</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c s="0" t="str">
         <x:v>    Calls from fixed networks to mobile networks</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>87.537000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>130.386500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>163.654300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>241.412100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>135.633200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>308.834000000</x:v>
@@ -1031,50 +1049,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>795.210988000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1655.898295000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>801.235000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1476.818000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>674.877000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1180.328000000</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c s="0" t="str">
         <x:v>    International calls [5]</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>7.596700000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13.988100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>18.404500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>28.552600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14.326100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>39.028800000</x:v>
@@ -1183,50 +1204,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>272.785394000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>533.287801000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>272.411500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>536.886000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>263.646000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>504.478000000</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c s="0" t="str">
         <x:v>    Other [3]</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>10.577500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>15.957000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>21.272300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>26.854500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>16.001000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>35.980800000</x:v>
@@ -1343,50 +1367,53 @@
         <x:v>189.300000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>183.439000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>29.824000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.101000000</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c s="0" t="str">
         <x:v>Number of outgoing traffic minutes for fixed call services -  business</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>2264.212300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2418.322700000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2509.104000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2736.042000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1511.329400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3220.023300000</x:v>
@@ -1495,50 +1522,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>8996.895000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>17080.288696403</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9076.555700000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>19726.251804000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9642.098000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>19076.750000000</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c s="0" t="str">
         <x:v>    National calls from fixed networks to fixed networks</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>674.533400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>684.034900000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>787.464200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>757.145100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>498.513800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1129.051000000</x:v>
@@ -1647,50 +1677,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>6680.736000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13093.583311000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7080.359000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>15708.861000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7689.168000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>15403.201000000</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c s="0" t="str">
         <x:v>        of which telephone calls</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>674.533400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>684.034900000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>787.464200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>757.145100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>498.513800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1129.051000000</x:v>
@@ -1856,50 +1889,53 @@
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>2.211000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4.926000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1.102000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3.944000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2.682000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7.685000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4.410000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>17.626000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9.835000000</x:v>
@@ -1959,50 +1995,53 @@
         <x:v>1752.106000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4265.390000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1784.869000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3018.018000000</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c s="0" t="str">
         <x:v>    Calls from fixed networks to mobile networks</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>1363.336400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1421.365800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1457.482500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1701.730300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>877.184800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1790.789700000</x:v>
@@ -2111,50 +2150,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>926.685000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1603.994000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>795.667700000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1600.714000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>788.893000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1352.643000000</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c s="0" t="str">
         <x:v>    International calls [5]</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>64.251600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>71.267800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>68.758500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>75.686800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>32.385300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>77.777600000</x:v>
@@ -2263,50 +2305,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>328.127000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>622.997000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>305.076000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>599.886000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>297.281000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>586.567000000</x:v>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c s="0" t="str">
         <x:v>    Other [3]</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>162.090900000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>241.654200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>195.398800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>201.479800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>103.245500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>222.405000000</x:v>
@@ -2423,50 +2468,53 @@
         <x:v>895.453000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1816.790804000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>866.756000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1734.339000000</x:v>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c s="0" t="str">
         <x:v>Total number of outgoing traffic minutes for fixed call services</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>2463.699500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2731.621800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2931.011800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3350.629300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1858.981300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4086.556500000</x:v>
@@ -2575,50 +2623,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>25683.673140000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>51517.717711635</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>26784.371200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>56856.365804000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>28302.096000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>55513.857100000</x:v>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c s="0" t="str">
         <x:v>    National calls from fixed networks to fixed networks</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>768.309400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>837.002400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1006.040900000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1074.913200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>680.205400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1611.740600000</x:v>
@@ -2727,50 +2778,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>22079.611258000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>44958.046658000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>23525.228000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>50641.832000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>25380.819000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>50117.005100000</x:v>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c s="0" t="str">
         <x:v>        of which telephone calls</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>768.309400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>837.002400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1006.040900000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1074.913200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>680.205400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1611.740600000</x:v>
@@ -2936,50 +2990,53 @@
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>4.136000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>10.310000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4.472000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>15.400000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>12.163000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>29.597000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>24.248000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>93.810000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>54.893000000</x:v>
@@ -3039,50 +3096,53 @@
         <x:v>7717.691000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>18202.226000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>8921.373000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>16430.456100000</x:v>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c s="0" t="str">
         <x:v>    Calls from fixed networks to mobile networks</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>1450.873400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1551.752300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1621.136800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1943.142400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1012.818000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2099.623700000</x:v>
@@ -3191,50 +3251,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>1721.875988000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3259.892295000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1596.902700000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3077.532000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1463.770000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2532.971000000</x:v>
       </x:c>
     </x:row>
     <x:row r="30">
       <x:c s="0" t="str">
         <x:v>    International calls [5]</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>71.848300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>85.255900000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>87.163000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>104.239400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>46.711400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>116.806400000</x:v>
@@ -3343,50 +3406,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>600.912394000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1156.284801000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>577.487500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1136.772000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>560.927000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1091.045000000</x:v>
       </x:c>
     </x:row>
     <x:row r="31">
       <x:c s="0" t="str">
         <x:v>    Other [3]</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>172.668400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>257.611200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>216.671100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>228.334300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>119.246500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>258.385800000</x:v>
@@ -3515,50 +3581,53 @@
     <x:row r="32">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="33">
       <x:c s="0" t="str">
         <x:v>    of which from IP-based telephony [4]</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>1246.604800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1287.124900000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>762.435300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1524.424500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>890.031100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1829.444700000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1019.747000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2029.108990000</x:v>
@@ -3667,50 +3736,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="34">
       <x:c s="0" t="str">
         <x:v>        Private</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>253.223800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>333.771300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>194.549900000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>434.195200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>263.845700000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>546.339400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>311.032700000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>742.174647000</x:v>
@@ -3819,50 +3891,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c s="0" t="str">
         <x:v>        Business</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>993.381000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>953.353600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>567.885400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1090.229300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>626.185400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1283.105300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>708.714300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1286.934343000</x:v>
@@ -3956,42 +4031,42 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="37">
       <x:c s="0" t="str">
-        <x:v>Source: The Swedish Post and Telecom Authority, 13 August, 2025.
+        <x:v>Source: The Swedish Post and Telecom Authority, 17 November, 2025.
 * See "content" or http://statistik.pts.se/start_en under Documents to find out which question the data is based on.
 The same tables are used for both the full-year and half-year versions of the Swedish Telecom market.
 That means that the half-year tables includes some tables without a new data.
 [2] Calls to dial-up Internet are dial-up access to the Internet via either a PSTN modem or an ISDN modem.
 From 2015 this questions is not longer used.
 [3] Relates to calls from/using pre-paid telephone cards (not international calls); calls with shared cost (077-); directory enquiry services (118 XYZ); pay telecom service
 and mass call service (0900-, 0939-, 0944- and 099-). Only those parts of the revenues payable to the operator shall be reported. Revenues payable to a third party are excluded.
 [4] This relates to the form of IP-based telephony where an ordinary telephone is linked to a broadband connection via, for example, a terminal adapter. Alternatively, an IP
 telephone or the corresponding is used, which is linked directly to a broadband connection. PBXs that are connected via IP protocol should also be included.
 A telephone call that is made by a subscriber for IP telephony should be able to reach, and be reached by, telephones connected to the PSTN and ISDN networks.
 [5] Calls from pre-paid telephone cards are not included.</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>