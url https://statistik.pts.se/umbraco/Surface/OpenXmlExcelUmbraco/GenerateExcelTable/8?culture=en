--- v1 (2025-12-24)
+++ v2 (2026-02-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d53ecf958b54015" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1548cbfbc7a64034" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet54" sheetId="54" r:id="R03d116c13e704f49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet16" sheetId="16" r:id="R3b600ecf93384eff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="12"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="006100"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="14"/>
@@ -88,51 +88,51 @@
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="2" borderId="0" applyFill="1"/>
     <x:xf fontId="4" fillId="3" borderId="0" applyFill="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" indent="200"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
   </x:cellXfs>
   <x:xf numFmtId="3453" applyNumberFormat="1" applyFont="1"/>
   <x:col min="5" max="5" width="16" customWidth="1"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Radca685797964103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57e543b286174a63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R03d116c13e704f49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8e8479ef59d24766" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0132d3d09b0046bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R3b600ecf93384eff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c s="3" t="str">
         <x:v>Table 8-Fixed call services - number of outgoing traffic minutes (millions) from end-user
 (PSTN, ISDN and IP-based telephony)*</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2025  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2024  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2024  half-year</x:v>
       </x:c>