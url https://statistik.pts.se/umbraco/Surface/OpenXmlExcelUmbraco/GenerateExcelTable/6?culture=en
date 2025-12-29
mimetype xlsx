--- v0 (2025-10-29)
+++ v1 (2025-12-29)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e3c7e79b18c4834" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re84ab7358da64669" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet9" sheetId="9" r:id="R0f27fce264e143ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet90" sheetId="90" r:id="Refbddb0381bd4553"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="12"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="006100"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="14"/>
@@ -88,68 +88,71 @@
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="2" borderId="0" applyFill="1"/>
     <x:xf fontId="4" fillId="3" borderId="0" applyFill="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" indent="200"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
   </x:cellXfs>
   <x:xf numFmtId="3453" applyNumberFormat="1" applyFont="1"/>
   <x:col min="5" max="5" width="16" customWidth="1"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbb23d68d811e4728" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69435f91617141db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R0f27fce264e143ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R38d3faf5c28a4ad2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbed5c62e5a84b42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Refbddb0381bd4553" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c s="3" t="str">
         <x:v>Table 6-Fixed call services - number of fixed telephony subscriptions (thousands)
 (PSTN, ISDN and IP-based telephony)*</x:v>
       </x:c>
       <x:c s="3" t="str">
+        <x:v>2025  half-year</x:v>
+      </x:c>
+      <x:c s="3" t="str">
         <x:v>2024  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2024  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2023  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2023  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2022  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2022  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2021  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2021  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2020  yearly</x:v>
@@ -281,50 +284,53 @@
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c s="0" t="str">
         <x:v>Subscriptions for fixed telephony - via PSTN [2]</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>354.506000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>400.164000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>475.570000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>546.195000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>617.670000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>740.709000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>878.906000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>994.302000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1136.163000000</x:v>
@@ -433,50 +439,53 @@
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c s="0" t="str">
         <x:v>    Private</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>197.928000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>234.474000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>292.501000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>339.467000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>381.151000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>447.554000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>550.661000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>640.320000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>744.293000000</x:v>
@@ -585,50 +594,53 @@
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c s="0" t="str">
         <x:v>    Business</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>156.578000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>165.690000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>183.069000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>206.728000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>236.519000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>293.155000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>328.245000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>353.982000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>391.870000000</x:v>
@@ -745,50 +757,53 @@
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c s="0" t="str">
         <x:v>Subscriptions for fixed telephony - via ISDN [3]</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>4.971000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5.660000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6.391000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7.461000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>8.473000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>8.254000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9.974000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>10.573000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>12.702000000</x:v>
@@ -912,50 +927,53 @@
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>0.009000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.010000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.010000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.010000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.010000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.010000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.011000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.020000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.034000000</x:v>
@@ -1049,50 +1067,53 @@
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c s="0" t="str">
         <x:v>    Business</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>4.971000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5.660000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6.391000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7.461000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>8.473000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>8.245000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9.964000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>10.563000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>12.692000000</x:v>
@@ -1191,50 +1212,53 @@
         <x:v>221.771000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>226.417000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>221.207000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>221.355000000</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c s="0" t="str">
         <x:v>Subscriptions for fixed telephony - via PSTN/GTA/ISDN</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>85.895000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>154.541000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>262.948000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>359.477000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>405.824000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>481.961000000</x:v>
@@ -1343,50 +1367,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>5768.925000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5848.765000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5885.506000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5953.742000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6005.827000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6056.355000000</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c s="0" t="str">
         <x:v>    Private</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>46.893000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>82.844000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>144.380000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>197.928000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>234.474000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>292.501000000</x:v>
@@ -1495,50 +1522,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>4431.433000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4430.785000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4465.250000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4489.765000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4536.695000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4567.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c s="0" t="str">
         <x:v>    Business</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>39.002000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>71.697000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>118.568000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>161.549000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>171.350000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>189.460000000</x:v>
@@ -1655,50 +1685,53 @@
         <x:v>1420.256000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1463.977000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1469.132000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1489.355000000</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c s="0" t="str">
         <x:v>Subscriptions for fixed telephony - via IP [4]</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>710.821000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>686.053000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>834.766000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>901.601000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>976.322000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>996.649000000</x:v>
@@ -1807,50 +1840,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>19.923000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.532000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c s="0" t="str">
         <x:v>    Private</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>253.228000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>293.924000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>464.702000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>544.098000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>608.129000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>663.669000000</x:v>
@@ -1959,50 +1995,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>19.843000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.517000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c s="0" t="str">
         <x:v>    Business</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>457.593000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>392.129000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>370.064000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>357.503000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>368.193000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>332.980000000</x:v>
@@ -2140,50 +2179,53 @@
       <x:c s="0" t="str">
         <x:v>    via xDSL access</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>100.972000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>116.922000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>129.097000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>136.543000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>170.198000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>197.668000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>281.369000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>364.689000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>421.982000000</x:v>
@@ -2292,50 +2334,53 @@
       <x:c s="0" t="str">
         <x:v>    via cable television access</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>144.430000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>156.014000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>168.306000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>179.194000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>185.237000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>202.171000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>224.861000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>229.687000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>240.525000000</x:v>
@@ -2444,50 +2489,53 @@
       <x:c s="0" t="str">
         <x:v>    via LAN network access [5]</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>495.310000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>513.757000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>539.203000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>584.660000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>575.824000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>638.993000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>643.173000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>640.384000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>642.518000000</x:v>
@@ -2596,50 +2644,53 @@
       <x:c s="0" t="str">
         <x:v>    via other IP-based access, or other access [6]</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>235.610000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>209.956000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>233.956000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>222.809000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>221.941000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>232.997000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>212.783000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>234.043000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>218.353000000</x:v>
@@ -2735,50 +2786,53 @@
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c s="0" t="str">
         <x:v>Subscriptions for fixed telephony - total</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>796.716000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>840.594000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1097.714000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1261.078000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1382.146000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1478.610000000</x:v>
@@ -2887,50 +2941,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>5788.848000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5849.297000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5885.506000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5953.742000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6005.827000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6056.355000000</x:v>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c s="0" t="str">
         <x:v>    Private</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>300.121000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>376.768000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>609.082000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>742.026000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>842.603000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>956.170000000</x:v>
@@ -3039,50 +3096,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>4451.276000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4431.302000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4465.250000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4489.765000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4536.695000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4567.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c s="0" t="str">
         <x:v>    Business</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>496.595000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>463.826000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>488.632000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>519.052000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>539.543000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>522.440000000</x:v>
@@ -3235,50 +3295,53 @@
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>226.966000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>295.023000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>439.562000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
@@ -3387,50 +3450,53 @@
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>30.092000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>36.407000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3.365000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
@@ -3529,50 +3595,53 @@
       </x:c>
     </x:row>
     <x:row r="34">
       <x:c s="0" t="str">
         <x:v>    of which via WLR [7]</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>73.987000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>76.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>87.586000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>102.488000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>122.946000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>159.077000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>197.744000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>231.379000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>283.346000000</x:v>
@@ -3681,50 +3750,53 @@
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c s="0" t="str">
         <x:v>    Private</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>45.368000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>52.569000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>61.798000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>70.396000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>79.077000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>96.692000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>124.720000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>154.132000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>197.273000000</x:v>
@@ -3833,50 +3905,53 @@
       </x:c>
     </x:row>
     <x:row r="36">
       <x:c s="0" t="str">
         <x:v>    Business</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>28.619000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>23.431000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>25.788000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>32.092000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>43.869000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>62.385000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>73.024000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>77.247000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>86.073000000</x:v>
@@ -3993,50 +4068,53 @@
       </x:c>
     </x:row>
     <x:row r="38">
       <x:c s="0" t="str">
         <x:v>Active pre-selection customers [8]</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>2.194000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1.184000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4.492000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5.691000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7.330000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9.264000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>16.856000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>20.384000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>32.213000000</x:v>
@@ -4145,50 +4223,53 @@
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c s="0" t="str">
         <x:v>    Private</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>1.264000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1.020000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3.621000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3.828000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5.181000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6.786000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>12.426000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>10.852000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>16.871000000</x:v>
@@ -4297,50 +4378,53 @@
       </x:c>
     </x:row>
     <x:row r="40">
       <x:c s="0" t="str">
         <x:v>    Business</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>0.930000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.164000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.871000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1.863000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2.149000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2.478000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4.430000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9.532000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>15.342000000</x:v>
@@ -4499,50 +4583,53 @@
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>28.148000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9.300000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>16.097000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9.743000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>11.746000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>8.771000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6.842000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>8.738000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>8.182000000</x:v>
@@ -4651,50 +4738,53 @@
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>228.102000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>148.783000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>145.509000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>132.435000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>111.388000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>87.257000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>69.836000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>48.322000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>23.629000000</x:v>
@@ -4740,51 +4830,51 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="45">
       <x:c s="0" t="str">
-        <x:v>Source: The Swedish Post and Telecom Authority, 13 August, 2025.
+        <x:v>Source: The Swedish Post and Telecom Authority, 17 November, 2025.
 * See "content" or http://statistik.pts.se/start_en under Documents to find out which question the data is based on.
 The same tables are used for both the full-year and half-year versions of the Swedish Telecom market.
 That means that the half-year tables includes some tables without a new data.
 [2] A PSTN subscription is equivalent to a main line to own end-user where subscriptions for analogue telephony are supplied. The operator that has customers with 
 subscriptions usually owns the main line or leases the main line from a network operator (for example by full or shared access) or buys Wholesale Line
 Rental (WLR). An indirectly connected customer, i.e. pre-selection customer or prefix customer, is not included here.
 [3] An ISDN subscription is equivalent to a main line to own end-user comprising either basic rate or primary rate ISDN. The operator that has customers with
 subscriptions usually owns the main line or leases the main line from a network operator or buys Wholesale Line Rental (WLR). 
 An indirectly connected customer, i.e. pre-selection customer or prefix customer, is not included here.
 The number of ISDN subscriptions for businesses refers here to main lines, not telephone numbers. Tele2 has in earlier reported number of phone numbers but this is corrected
 in this report for 2014 until 2015.
 [4] This relates to the form of IP-based telephony where an ordinary telephone is linked to a broadband connection via, for example, a terminal adapter. Alternatively, an IP
 telephone or the corresponding is used, which is linked directly to a broadband connection. PBXs that are connected via IP protocol have also been included.
 A telephone call that is made by a subscriber for IP telephony should be able to reach, and be reached by, telephones connected to the PSTN and ISDN networks.
 [5] LAN network means a fixed connection (local network, property network) usually based on Ethernet technology. The LAN is linked to a public fiber network, for example an area network.
 [6] Relates to IP-telephony subscription where the form of access is not known, or other subscription where the access is not known.
 [7] Wholesale Line Rental. Refers to distribution under agreements concluded with TeliaSonera both prior to and after 18 May 2005. 
 [8] Relates to active pre-selection customers where the customer is indirectly connected. Active means that the customer has made at least one call during the quarter 
 preceding the measurement period in question. Note that if a customer has different pre-selections for national calls and international calls, this only corresponds to one customer. 
 Corresponds to the English term 'Carrier PreSelect' (CPS). Relates to pre-selection for both PSTN and ISDN.
 [9] From 2015 this questions is not longer used.
 [10] From 2019 this questions is not longer used.</x:v>
       </x:c>
     </x:row>
   </x:sheetData>