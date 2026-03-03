--- v1 (2025-12-29)
+++ v2 (2026-03-03)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re84ab7358da64669" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07334c01b5364d63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet90" sheetId="90" r:id="Refbddb0381bd4553"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet15" sheetId="15" r:id="R24ac8f2d03cc454d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="12"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="006100"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="14"/>
@@ -88,51 +88,51 @@
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="2" borderId="0" applyFill="1"/>
     <x:xf fontId="4" fillId="3" borderId="0" applyFill="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" indent="200"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
   </x:cellXfs>
   <x:xf numFmtId="3453" applyNumberFormat="1" applyFont="1"/>
   <x:col min="5" max="5" width="16" customWidth="1"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R38d3faf5c28a4ad2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbed5c62e5a84b42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Refbddb0381bd4553" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf1d03980c39048d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f97c1d91cc94b6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R24ac8f2d03cc454d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c s="3" t="str">
         <x:v>Table 6-Fixed call services - number of fixed telephony subscriptions (thousands)
 (PSTN, ISDN and IP-based telephony)*</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2025  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2024  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2024  half-year</x:v>
       </x:c>