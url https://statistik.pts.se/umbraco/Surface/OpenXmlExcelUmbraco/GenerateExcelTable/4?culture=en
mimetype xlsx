--- v0 (2025-10-16)
+++ v1 (2026-03-17)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R569508d2b67c40d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R546cea28c8454aaf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet43" sheetId="43" r:id="Re6449a7eac414e31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet30" sheetId="30" r:id="R51a3a9d9a0474940"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="12"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="006100"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="14"/>
@@ -88,67 +88,70 @@
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="2" borderId="0" applyFill="1"/>
     <x:xf fontId="4" fillId="3" borderId="0" applyFill="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" indent="200"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
   </x:cellXfs>
   <x:xf numFmtId="3453" applyNumberFormat="1" applyFont="1"/>
   <x:col min="5" max="5" width="16" customWidth="1"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R889a6e15d7d848f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bcd9e0b6ef444f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Re6449a7eac414e31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R18dc3ccea5a44df6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R829d536b2216440b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R51a3a9d9a0474940" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c s="3" t="str">
         <x:v>Table 4-Electronic communications -  traffic from end-user (millions of minutes)*</x:v>
       </x:c>
       <x:c s="3" t="str">
+        <x:v>2025  half-year</x:v>
+      </x:c>
+      <x:c s="3" t="str">
         <x:v>2024  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2024  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2023  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2023  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2022  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2022  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2021  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2021  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2020  yearly</x:v>
@@ -262,50 +265,53 @@
         <x:v>2002  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2002  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2001  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2001  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2000  yearly</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c s="0" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c s="0" t="str">
         <x:v>Total number of traffic minutes</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>37831.168900000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>39948.447900000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>42058.692300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>45029.779900000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>23457.699500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>44235.557000000</x:v>
@@ -414,50 +420,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>28928.777140000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>57800.455550690</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>29858.637700000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>62385.048804000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>31026.103000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>60614.964100000</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c s="0" t="str">
         <x:v>    Fixed call services (PSTN and ISDN) [1]</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>2463.699500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2731.621800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1684.407000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2063.504400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1096.546000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2562.132000000</x:v>
@@ -578,50 +587,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>19380.723000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>39083.401000000</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c s="0" t="str">
         <x:v>    IP-telephony</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>1246.604800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1287.124900000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>762.435300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1524.424500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>890.031100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1829.444700000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1019.747000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2029.108990000</x:v>
@@ -775,50 +787,53 @@
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>4.136000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>10.310000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4.472000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>15.400000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>12.163000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>29.597000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>24.248000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>93.810000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>54.893000000</x:v>
@@ -870,50 +885,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>7055.227349000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14540.548000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7717.691000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>18202.226000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>8921.373000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>16430.456100000</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c s="0" t="str">
         <x:v>    Mobile call services</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>17299.281100000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>35367.469400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>18329.230000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>37216.826100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>18683.147000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>39127.680500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>20163.236000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>41679.150600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>21598.718200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>40149.000500000</x:v>
@@ -1030,50 +1048,53 @@
         <x:v>3074.266500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5528.683000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2724.007000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5101.107000000</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c s="0" t="str">
         <x:v>Annual growth  -  Total</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>-0.053000282</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>-0.050173800</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>-0.065980505</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.017954400</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.043574175</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.085790783</x:v>
@@ -1176,50 +1197,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>-0.025009444</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>-0.031409820</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>-0.031142096</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>-0.073488654</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>-0.037628487</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.029202108</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c s="0" t="str">
         <x:v>    Fixed call services (PSTN and ISDN) [1]</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>-0.098081770</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.621711261</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>-0.183715334</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>-0.194614329</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>-0.188826050</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>-0.022093256</x:v>
@@ -1328,50 +1352,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>-0.022984306</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>-0.043383971</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>-0.016203874</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>-0.010983210</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c s="0" t="str">
         <x:v>    IP-telephony</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>-1.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>-0.031481094</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>-0.155665039</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>-0.143361058</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>-0.166728297</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>-0.127204003</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>-0.098399983</x:v>
@@ -1468,50 +1495,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c s="0" t="str">
         <x:v>    Mobile call services</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>-0.056191608</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>-0.049691414</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>-0.018943115</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>-0.048836383</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>-0.073405330</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>-0.061216941</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>-0.066461453</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.038111786</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.067320354</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.106309061</x:v>
@@ -1622,50 +1652,53 @@
         <x:v>0.055570166</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.136389596</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.128582452</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.083820237</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c s="0" t="str">
         <x:v>Proportion mobile traffic of total traffic (incl. dial-up access)</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>0.934876464</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.931621328</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.930311390</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.925590813</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.920751764</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.907618288</x:v>
@@ -1774,50 +1807,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.112175637</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.108697030</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.102960709</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.088621923</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.087797265</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.084155902</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c s="0" t="str">
         <x:v>Proportion mobile traffic of total traffic</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>0.934876464</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.931621328</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.930311390</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.925590813</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.920751764</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.907618288</x:v>
@@ -1923,36 +1959,36 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.157579901</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.148357447</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.145232345</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.138849822</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.125131955</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.123231860</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.115450126</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c s="0" t="str">
-        <x:v>Source: The Swedish Post and Telecom Authority, 13 August, 2025.
+        <x:v>Source: The Swedish Post and Telecom Authority, 17 November, 2025.
 * See "content" or http://statistik.pts.se/start_en under Documents to find out which question the data is based on.
 The same tables are used for both the full-year and half-year versions of the Swedish Telecom market.
 That means that the half-year tables includes some tables without a new data.
 [1] Dial-up access is not included.
 [2] From 2015 this questions is not longer used.</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>