--- v0 (2025-10-13)
+++ v1 (2026-02-12)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08ca94c38b964fac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb12bf8ed21b04bdd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet86" sheetId="86" r:id="R0a52a2c5bfd447cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet8" sheetId="8" r:id="Rdd4b254ee59642cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="12"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="006100"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="14"/>
@@ -88,67 +88,70 @@
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="2" borderId="0" applyFill="1"/>
     <x:xf fontId="4" fillId="3" borderId="0" applyFill="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" indent="200"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
   </x:cellXfs>
   <x:xf numFmtId="3453" applyNumberFormat="1" applyFont="1"/>
   <x:col min="5" max="5" width="16" customWidth="1"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5556220b5cd04079" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6abaeb6325e473e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R0a52a2c5bfd447cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0fa858c42f884a0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R255b66e411324265" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rdd4b254ee59642cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c s="3" t="str">
         <x:v>Tabell 30-Sampaketerade abonnemang - Antal slutkunder med sampaketerade abonnemang (tusental) [1] [2]*</x:v>
       </x:c>
       <x:c s="3" t="str">
+        <x:v>2025  1.halvår</x:v>
+      </x:c>
+      <x:c s="3" t="str">
         <x:v>2024  helår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2024  1.halvår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2023  helår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2023  1.halvår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2022  helår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2022  1.halvår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2021  helår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2021  1.halvår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2020  helår</x:v>
@@ -214,50 +217,53 @@
         <x:v>2010  helår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2010  1.halvår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2009  helår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2009  1.halvår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2008  helår</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c s="0" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c s="0" t="str">
         <x:v>Totalt double-play, två tjänster (inkl. övriga kombinationer och mobilt samtal och mobildata)</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>1194.069000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1183.929000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1228.184000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1245.963000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1213.004000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1165.909000000</x:v>
@@ -318,50 +324,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>857.154000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>848.262000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>811.935000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>748.034000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>478.099000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>439.648000000</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c s="0" t="str">
         <x:v>    Fast telefoni och fast bredband</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>60.135000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>61.371000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>75.046000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>84.779000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>93.999000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>99.499000000</x:v>
@@ -428,50 +437,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>703.034000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>633.507000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>369.833000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>340.067000000</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c s="0" t="str">
         <x:v>    Fast telefoni och tv</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>4.707000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6.376000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>8.850000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>10.251000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>8.313000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9.192000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9.967000000</x:v>
@@ -532,50 +544,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>20.583000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>20.139000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>18.107000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>16.074000000</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c s="0" t="str">
         <x:v>    Fast telefoni och mobiltelefoni och/eller mobilt bredband</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>10.996000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>12.134000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13.510000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14.336000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>10.231000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>12.454000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5.162000000</x:v>
@@ -630,50 +645,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>12.890000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>11.995000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>17.230000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14.224000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>16.204000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>8.177000000</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c s="0" t="str">
         <x:v>    Tv och fast bredband</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>432.654000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>448.063000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>454.806000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>471.968000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>459.238000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>458.965000000</x:v>
@@ -734,50 +752,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>65.430000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>66.082000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>71.083000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>76.039000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>70.146000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>73.660000000</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c s="0" t="str">
         <x:v>    TV och mobilt bredband och/eller mobiltelefoni</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>84.819000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>75.871000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>78.817000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>83.259000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>61.030000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>53.452000000</x:v>
@@ -838,50 +859,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.001000000</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c s="0" t="str">
         <x:v>    Mobilt bredband och/eller mobiltelefoni och fast bredband</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>500.707000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>498.895000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>515.350000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>489.377000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>456.704000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>415.524000000</x:v>
@@ -942,50 +966,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>3.086000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3.576000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4.120000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3.809000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1.669000000</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c s="0" t="str">
         <x:v>Double-play, två tjänster</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>1078.315000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1099.903000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1142.529000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1151.743000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1095.558000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1045.984000000</x:v>
@@ -1046,50 +1073,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>808.137000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>833.222000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>811.930000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>748.029000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>478.099000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>439.648000000</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c s="0" t="str">
         <x:v>    Mobiltelefoni och mobilt bredband [3]</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>115.754000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>83.425000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>85.054000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>94.220000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>117.446000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>119.925000000</x:v>
@@ -1156,50 +1186,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c s="0" t="str">
         <x:v>    Övriga kombinationer double play [4]</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>0.601000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.601000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
@@ -1262,50 +1295,53 @@
         <x:v>0.005000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.005000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c s="0" t="str">
         <x:v>Totalt triple-play, tre tjänster (inkl. övriga kombinationer)</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>223.353000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>238.068000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>240.327000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>233.258000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>227.368000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>226.515000000</x:v>
@@ -1366,50 +1402,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>588.751000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>550.599000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>498.574000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>469.041000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>404.877000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>298.812000000</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c s="0" t="str">
         <x:v>    Fast telefoni, bredband och tv</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>75.397000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>88.095000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>105.011000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>115.339000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>129.511000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>141.080000000</x:v>
@@ -1476,50 +1515,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>462.221000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>421.383000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>356.603000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>251.978000000</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c s="0" t="str">
         <x:v>    Mobilt bredband och/eller mobiltelefoni, fast bredband och fast telefoni</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>7.619000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>8.625000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9.216000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7.788000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7.580000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2.436000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.565000000</x:v>
@@ -1580,50 +1622,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>36.352000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>47.653000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>48.272000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>46.824000000</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c s="0" t="str">
         <x:v>    Fast telefoni och mobiltelefoni/mobiltbredband och tv</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>1.639000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2.581000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2.934000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2.768000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1.539000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.125000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.106000000</x:v>
@@ -1678,50 +1723,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.001000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.002000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.003000000</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c s="0" t="str">
         <x:v>    Mobiltelefoni/mobilt bredband och fast bredband och tv</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>147.956000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>140.715000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>124.110000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>105.769000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>87.301000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>76.316000000</x:v>
@@ -1782,50 +1830,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.005000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.007000000</x:v>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c s="0" t="str">
         <x:v>Triple-play, tre tjänster</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>223.353000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>238.068000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>240.327000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>233.258000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>227.368000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>226.515000000</x:v>
@@ -1934,50 +1985,53 @@
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>0.001000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2.585000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2.747000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2.783000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3.264000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3.657000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3.740000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4.805000000</x:v>
@@ -1998,50 +2052,53 @@
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c s="0" t="str">
         <x:v>Quadruple -play, fyra tjänster (inkl. övriga kombinationer)</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>23.745000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>26.812000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>29.132000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>30.307000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>25.923000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>24.196000000</x:v>
@@ -2102,50 +2159,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>8.852000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7.717000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5.391000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4.476000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1.398000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1.937000000</x:v>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c s="0" t="str">
         <x:v>    Fast telefoni, bredband, tv och mobiltelefoni och/eller mobilt bredband</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>23.745000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>26.812000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>29.132000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>30.307000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>25.923000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>24.196000000</x:v>
@@ -2251,50 +2311,53 @@
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>2.579000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2.580000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5.229000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5.585000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5.038000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5.675000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4.704000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5.307000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6.753000000</x:v>
@@ -2318,50 +2381,53 @@
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c s="0" t="str">
         <x:v>Totalt sampaketerade abonnemang</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>824.706000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>865.888000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>896.638000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>925.931000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>892.145000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>881.171000000</x:v>
@@ -2422,50 +2488,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>1402.654000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1387.962000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1315.895000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1217.426000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>880.565000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>738.728000000</x:v>
       </x:c>
     </x:row>
     <x:row r="30">
       <x:c s="0" t="str">
         <x:v>Totalt (Double-play, Triple-play och Quadruple-play) (inkl. övrigt och mobilt/mobilt)</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>1441.194000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1448.809000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1497.643000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1509.528000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1466.295000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1416.620000000</x:v>
@@ -2523,43 +2592,43 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>1593.087000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1454.757000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1406.578000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1315.900000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1221.551000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>884.374000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>740.397000000</x:v>
       </x:c>
     </x:row>
     <x:row r="32">
       <x:c s="0" t="str">
-        <x:v>Källa: Post- och telestyrelsen, 13 augusti 2025.
+        <x:v>Källa: Post- och telestyrelsen, 17 november 2025.
 * Se "Innehåll" eller www.statistik.pts.se under Dokument för att få reda på vilken fråga statistiken kommer ifrån. För datainsamlingen Svensk telemarknad första
 halvåret används samma tabeller som för helåret för att göra det lättare att hitta värden. Det innebär att på halvåret innehåller några tabeller inte något nytt värde
 för första halvåret och i vissa tabeller har några rader inte nytt värde.
 [1] Antal abonnenter avser det antal kontrakt som tjänstetillhandahållaren av elektronisk kommunikation har för tillhandahållande av sampaketerade tjänster.
 [2] Från helåret 2019 har frågan formulerats om något. Fram till första halvåret 2016 var frågan "Antal slutkunder med sampaketerade abonnemang. Sampaketerade tjänster avser kombinationserbjudanden som 
 innehåller två eller flera tjänster så som fast och mobil telefoni, tv eller bredband och som erbjuds och marknadsförs som ett erbjudande eller med en prislista för de sampaketerade tjänsterna". Från och med
 2017 var frågan: Antal slutkunder med två eller fler tjänster. Här avses både sampaketerade abonnemang som erbjuds och marknadsförs som ett erbjudande eller med en prislista för de sampaketerade
 tjänsterna och även tjänster som inte marknadsförs tillsammans som ett särskilt erbjudande exempelvis där en slutkund köper två eller fler tjänster separat, kan vara vid olika tillfällen.
 2019 var frågan: Antalet slutkunder med två eller fler tjänster där priset som slutkunden betalar är varaktigt lägre än summan av priserna om motsvarande tjänster med motsvarande tjänsteinnehåll köps separat.
 [3] "Mobiltelefoni och mobilt bredband"  ingår inte i EUs definition på sampaketering. "Mobiltelefoni och mobilt bredband" ingår för operatören Hi3G endast de redovisade företagsabonnemangen.
 Hi3Gs privata abonnemang ingår under "Övriga kombinationer".
 [4] "Övriga kombinationer" ingår inte i EUs definition på sampaketering. </x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>