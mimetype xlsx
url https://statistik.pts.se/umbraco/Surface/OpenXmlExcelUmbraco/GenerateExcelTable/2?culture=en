--- v0 (2025-10-29)
+++ v1 (2025-12-30)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb01b8886836b4ae6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2f66f8aaf884123" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet3" sheetId="3" r:id="R640ff555ebfb481f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet65" sheetId="65" r:id="Rc53dab0c36d6449a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="12"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="006100"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="14"/>
@@ -88,67 +88,70 @@
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="2" borderId="0" applyFill="1"/>
     <x:xf fontId="4" fillId="3" borderId="0" applyFill="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" indent="200"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
   </x:cellXfs>
   <x:xf numFmtId="3453" applyNumberFormat="1" applyFont="1"/>
   <x:col min="5" max="5" width="16" customWidth="1"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf7d5f51a23b04882" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1f4ca269cf94a35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R640ff555ebfb481f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R61adf97b84d14e5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd48835a5ee7246f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rc53dab0c36d6449a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c s="3" t="str">
         <x:v>Table 2-Key data several years - the market for electronic communications [9]*</x:v>
       </x:c>
       <x:c s="3" t="str">
+        <x:v>2025  half-year</x:v>
+      </x:c>
+      <x:c s="3" t="str">
         <x:v>2024  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2024  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2023  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2023  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2022  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2022  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2021  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2021  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2020  yearly</x:v>
@@ -278,51 +281,54 @@
       <x:c s="0" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c s="0" t="str">
         <x:v>Electronic communication</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c s="0" t="str">
         <x:v>Total retail revenues [7]</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>52020.064300000</x:v>
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>52442.100300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>50870.453200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>49716.423300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>49280.908500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>49846.689500000</x:v>
       </x:c>
@@ -438,50 +444,53 @@
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>49548.657500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>43999.569200000</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c s="0" t="str">
         <x:v>Revenues per month from one average household (excluding VAT) [1] [8]</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>627.728308838</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>610.493367700</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>597.370278802</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>595.172905494</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>600.891712032</x:v>
@@ -614,50 +623,53 @@
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c s="0" t="str">
         <x:v>Mobile subscriptions</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c s="0" t="str">
         <x:v>Mobile voice and data - total [3] (thousands)</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>14956.936000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>14922.634000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14796.165000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14721.097000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14682.778000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14764.249000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14696.011000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14459.481000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14337.312000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14275.159000000</x:v>
@@ -766,50 +778,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>8374.004000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7948.518000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7451.438000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7177.813000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6689.805000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6372.367000000</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c s="0" t="str">
         <x:v>    Private</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>10545.267000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>10539.672000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>10446.165000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>10411.795000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>10408.869000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>10559.527000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>10599.001000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>10476.148000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>10421.612000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>10434.571000000</x:v>
@@ -918,50 +933,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>6931.836000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6542.927000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6051.988000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5805.060000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5375.948000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5073.332000000</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c s="0" t="str">
         <x:v>    Business</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>4411.669000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>4382.962000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4350.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4309.302000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4273.909000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4204.722000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4097.010000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3983.333000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3915.700000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3840.588000000</x:v>
@@ -1078,50 +1096,53 @@
         <x:v>1399.450000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1372.753000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1313.857000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1299.035000000</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c s="0" t="str">
         <x:v>    of which subscriptions which have used 4G (LTE )</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>13609.058000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>13475.587000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13574.030000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13356.721000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>12903.480000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13069.209000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>12544.314000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>12412.423000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>11884.544000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>11767.447000000</x:v>
@@ -1230,50 +1251,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c s="0" t="str">
         <x:v>    of which subscriptions which have used NR networks (5G)</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>8053.897000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>6414.935000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5293.402000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4208.201000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3395.590000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2126.451000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1394.334000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>724.308000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>190.365000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>63.652000000</x:v>
@@ -1390,50 +1414,53 @@
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c s="0" t="str">
         <x:v>    of which data-only subscriptions</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>1524.780000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>1487.711000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1442.409000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1428.091000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1480.839000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1518.394000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1501.822000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1443.328000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1493.629000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1483.319000000</x:v>
@@ -1542,50 +1569,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c s="0" t="str">
         <x:v>    of which data and voice subscriptions [4]</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>12743.103000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>12714.043000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>12636.051000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>12550.864000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>12508.374000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>12445.297000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>12061.906000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>11831.283000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>11689.091000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>11544.191000000</x:v>
@@ -1694,50 +1724,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>199.919000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>90.700000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>57.194000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c s="0" t="str">
         <x:v>    of which voice only</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>689.053000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>720.880000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>717.705000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>742.142000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>693.565000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>800.558000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1132.283000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1184.870000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1154.592000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1247.649000000</x:v>
@@ -1854,50 +1887,53 @@
         <x:v>7394.244000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7177.813000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6689.805000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6372.367000000</x:v>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c s="0" t="str">
         <x:v>  </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c s="0" t="str">
         <x:v>Outgoing traffic minutes (millions)</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>17299.281100000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>35367.469400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>18329.230000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>37216.826100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>18683.147000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>39127.680500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>20163.236000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>41679.150600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>21598.718200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>40149.000500000</x:v>
@@ -2006,50 +2042,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>3245.104000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6282.737839054</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3074.266500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5528.683000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2724.007000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5101.107000000</x:v>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c s="0" t="str">
         <x:v>    of which GSM-networks</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>345.231000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>1042.753000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>573.511000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1581.723000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>812.110000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1976.146000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1141.054000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1742.921000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>960.869200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2199.622300000</x:v>
@@ -2158,50 +2197,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>3221.104410000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6235.737840000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3049.266500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5475.723000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2694.091000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5021.107000000</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c s="0" t="str">
         <x:v>    of which UMTS-networks</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>475.907400000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>1574.416300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1113.005000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2586.356000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1682.970000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4317.363000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2355.831000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>8781.055500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5033.470000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13120.618200000</x:v>
@@ -2406,50 +2448,53 @@
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>0.000200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>8.661000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5.114000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>12.551000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6.885000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>20.767000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>11.511000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>32.000000000</x:v>
@@ -2462,50 +2507,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>24.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>47.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>25.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>53.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>30.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>80.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c s="0" t="str">
         <x:v>    of which LTE-networks (VoLTE)</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>16315.534700000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>32393.074200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>16473.141000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>32701.793900000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>15948.053000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>32326.766500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>16470.829000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>30980.158000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>15573.647000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>24658.995500000</x:v>
@@ -2760,56 +2808,62 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
     </x:row>
     <x:row r="31">
       <x:c s="0" t="str">
         <x:v>    of which unknown</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>162.608000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>357.225900000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>169.573000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>346.953200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>240.014000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>507.405000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>195.522000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>175.016100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>30.732000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>169.764500000</x:v>
@@ -2926,50 +2980,53 @@
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="32">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="33">
       <x:c s="0" t="str">
         <x:v>Number of SMS sent (millions) </x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>7394.378100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7639.834100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7794.617800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6198.513300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2946.116000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6675.958200000</x:v>
@@ -3086,50 +3143,53 @@
         <x:v>615.319414000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1019.546000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>447.622000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>472.739000000</x:v>
       </x:c>
     </x:row>
     <x:row r="34">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c s="0" t="str">
         <x:v>Number of MMS sent (millions)</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>564.948200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>571.759000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>597.782800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>618.057500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>316.235000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>601.130500000</x:v>
@@ -3246,51 +3306,54 @@
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="36">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="37">
       <x:c s="0" t="str">
         <x:v>Traffic for mobile data services (Tbyte)</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>4748562.517000000</x:v>
+        <x:v>2490224.734000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4374649.927000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2075172.325000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3642002.899000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1758894.133000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3004839.949000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1374853.586000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2386579.391000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1064186.329000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1823344.532000000</x:v>
       </x:c>
@@ -3398,50 +3461,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>1.008649000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.997000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="38">
       <x:c s="0" t="str">
         <x:v>    of which traffic in 4G network</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>1802019.993000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>3562522.976000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1727112.386000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3295614.162000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1654882.368000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2889660.746000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1341301.459000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2294042.307000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1046427.866000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1729161.689000000</x:v>
@@ -3550,50 +3616,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c s="0" t="str">
         <x:v>    of which traffic in 5G network</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>683149.344000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>794944.424000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>336725.853000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>319633.211000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>89214.908000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>32636.050000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7734.399000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2808.880000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>662.281000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>387.734000000</x:v>
@@ -3710,51 +3779,54 @@
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="40">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="41">
       <x:c s="0" t="str">
         <x:v>Revenues from mobile subscriptions - total (MSEK)</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>31217.581000000</x:v>
+        <x:v>15941.840000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>31586.296000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>15666.997000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>30781.765000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>15098.790000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>29952.785100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14721.673000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>29439.047800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14632.432900000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>29572.202300000</x:v>
       </x:c>
@@ -3862,50 +3934,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>8427.443209000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>16749.918000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>8360.720614000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>16247.425000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7852.719000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14407.446000000</x:v>
       </x:c>
     </x:row>
     <x:row r="42">
       <x:c s="0" t="str">
         <x:v>    Private</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>11685.281000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>23077.596000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>11383.384000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>22370.268000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>10937.488000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>21737.560300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>10621.913000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>21311.613000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>10549.340500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>21142.919000000</x:v>
@@ -4014,51 +4089,54 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>4406.025209000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>8791.664000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4191.687781000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>8396.769000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4052.358000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6699.077000000</x:v>
       </x:c>
     </x:row>
     <x:row r="43">
       <x:c s="0" t="str">
         <x:v>    Business</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>8139.985000000</x:v>
+        <x:v>4256.559000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>8508.700000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4283.613000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>8411.497000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4161.302000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>8215.224800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4099.760000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>8127.434800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4083.092400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>8429.283300000</x:v>
       </x:c>
@@ -4174,50 +4252,53 @@
         <x:v>4169.032833000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7850.656000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3800.361000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7708.369000000</x:v>
       </x:c>
     </x:row>
     <x:row r="44">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="45">
       <x:c s="0" t="str">
         <x:v>Number of SIM cards for M2M</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>31869.244000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>29364.019000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>28341.444000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>26695.179000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>24970.501000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>23232.360000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>21767.894000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>19991.675000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>18175.929000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>16874.265000000</x:v>
@@ -4350,50 +4431,53 @@
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="47">
       <x:c s="0" t="str">
         <x:v>Internet services</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="48">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="49">
       <x:c s="0" t="str">
         <x:v>Internet subscriptions (thousands)</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>18560.063000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>18509.856000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>18370.871000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>18277.002000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>18268.333000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>18222.530000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>17798.803000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>17528.053000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>17358.444000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>17207.205000000</x:v>
@@ -4523,50 +4607,53 @@
       <x:c s="0" t="str">
         <x:v>    Dial-up subscriptions [2]</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>0.120000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.120000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.586000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.586000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.621000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.621000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.709000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.709000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4.817000000</x:v>
@@ -4654,50 +4741,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>2288.828000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2308.304000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2386.944000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2365.529000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2246.909000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2124.506000000</x:v>
       </x:c>
     </x:row>
     <x:row r="51">
       <x:c s="0" t="str">
         <x:v>    Broadband subscriptions</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>4292.180000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>4308.102000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4292.411000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4298.047000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4279.120000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4258.839000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4235.075000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4253.442000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4175.604000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4179.575000000</x:v>
@@ -4806,50 +4896,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>846.388000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>723.879000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>595.385000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>453.577000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>272.864000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>123.627000000</x:v>
       </x:c>
     </x:row>
     <x:row r="52">
       <x:c s="0" t="str">
         <x:v>        via cable television</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>655.517000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>663.462000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>665.091000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>671.787000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>674.197000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>674.352000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>683.115000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>689.286000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>695.820000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>711.406000000</x:v>
@@ -4958,50 +5051,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>179.873000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>156.362000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>128.245000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>112.049000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>91.680000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>56.252000000</x:v>
       </x:c>
     </x:row>
     <x:row r="53">
       <x:c s="0" t="str">
         <x:v>        via fiber and fiber-LAN</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>3602.109000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>3600.104000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3571.855000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3556.937000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3515.456000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3459.137000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3363.824000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3319.116000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3172.078000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3097.780000000</x:v>
@@ -5110,50 +5206,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>167.184000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>133.777000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="54">
       <x:c s="0" t="str">
         <x:v>        via xDSL</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>13.492000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>24.128000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>37.780000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>52.910000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>73.995000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>110.285000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>173.803000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>231.108000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>293.143000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>355.525000000</x:v>
@@ -5262,50 +5361,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>484.376000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>421.444000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>336.887000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>241.536000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>122.864000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>26.203000000</x:v>
       </x:c>
     </x:row>
     <x:row r="55">
       <x:c s="0" t="str">
         <x:v>        via Fixed broadband - Other [5]</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>21.062000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>20.408000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>17.685000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>16.413000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>15.472000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>15.065000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14.333000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13.932000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14.563000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14.864000000</x:v>
@@ -5414,50 +5516,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>14.955000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>12.296000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>130.253000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>99.992000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>58.320000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>41.172000000</x:v>
       </x:c>
     </x:row>
     <x:row r="56">
       <x:c s="0" t="str">
         <x:v>    Mobile broadband subscriptions</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>14267.883000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>14201.754000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14078.460000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13978.955000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13989.213000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13963.691000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13563.728000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13274.611000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13182.720000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13027.510000000</x:v>
@@ -5566,50 +5671,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>199.919000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>90.700000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>57.194000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="57">
       <x:c s="0" t="str">
         <x:v>        of which data-only subscriptions</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>1524.780000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>1487.711000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1442.409000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1428.091000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1480.839000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1518.394000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1501.822000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1443.328000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1493.629000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1483.319000000</x:v>
@@ -5718,50 +5826,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="58">
       <x:c s="0" t="str">
         <x:v>        of which data and voice subscriptions [4]</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>12743.103000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>12714.043000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>12636.051000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>12550.864000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>12508.374000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>12445.297000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>12061.906000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>11831.283000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>11689.091000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>11544.191000000</x:v>
@@ -5878,50 +5989,53 @@
         <x:v>57.194000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="59">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="60">
       <x:c s="0" t="str">
         <x:v>    Broadband subscriptions via collective agreement</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>1334.722000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>1305.049000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1275.773000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1252.608000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1226.529000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1186.775000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1145.302000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1111.637000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1062.080000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1003.631000000</x:v>
@@ -6038,51 +6152,54 @@
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="61">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="62">
       <x:c s="0" t="str">
         <x:v>Revenues from fixed Internet subscriptions (SEKm)</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>16486.164500000</x:v>
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>16539.485500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>15494.181100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14744.491400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14332.610500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13975.917700000</x:v>
       </x:c>
@@ -6190,50 +6307,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>2997.771993000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5359.504000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2475.726000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4554.628000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2297.291000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3547.658200000</x:v>
       </x:c>
     </x:row>
     <x:row r="63">
       <x:c s="0" t="str">
         <x:v>    Private</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>13896.418500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13027.134000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>12294.506500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>11948.199200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>11675.330400000</x:v>
@@ -6342,51 +6462,54 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>1972.966993000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3549.695000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1645.349000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2805.872000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1444.296000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2240.232000000</x:v>
       </x:c>
     </x:row>
     <x:row r="64">
       <x:c s="0" t="str">
         <x:v>    Business</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>2589.746000000</x:v>
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2643.067000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2467.047100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2449.984900000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2383.986300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2300.587300000</x:v>
       </x:c>
@@ -6518,50 +6641,53 @@
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="66">
       <x:c s="0" t="str">
         <x:v>Fixed call services</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="67">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="68">
       <x:c s="0" t="str">
         <x:v>Subscriptions for fixed telephony (thousands)</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>796.716000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>840.594000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1097.714000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1261.078000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1382.146000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1478.610000000</x:v>
@@ -6678,50 +6804,53 @@
         <x:v>5885.506000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5953.742000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6005.827000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6056.355000000</x:v>
       </x:c>
     </x:row>
     <x:row r="69">
       <x:c s="0" t="str">
         <x:v>  </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="70">
       <x:c s="0" t="str">
         <x:v>    of which via IP-telephony (thousands)</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>710.821000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>686.053000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>834.766000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>901.601000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>976.322000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>996.649000000</x:v>
@@ -6838,50 +6967,53 @@
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="71">
       <x:c s="0" t="str">
         <x:v>  </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="72">
       <x:c s="0" t="str">
         <x:v>Outgoing traffic minutes (millions)</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>2463.699500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2731.621800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2931.011800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3350.629300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1858.981300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4086.556500000</x:v>
@@ -6990,50 +7122,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>25683.673140000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>51517.717711635</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>26784.371200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>56856.365804000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>28302.096000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>55513.857100000</x:v>
       </x:c>
     </x:row>
     <x:row r="73">
       <x:c s="0" t="str">
         <x:v>    Private</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>199.487200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>313.299100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>421.907800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>614.587300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>347.651900000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>866.533200000</x:v>
@@ -7142,50 +7277,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>16685.798140000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>34437.429015232</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>17707.815500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>37130.114000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>18659.998000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>36398.711100000</x:v>
       </x:c>
     </x:row>
     <x:row r="74">
       <x:c s="0" t="str">
         <x:v>    Business</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>2264.212300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2418.322700000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2509.104000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2736.042000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1511.329400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3220.023300000</x:v>
@@ -7302,50 +7440,53 @@
         <x:v>9076.555700000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>19726.251804000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9642.098000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>19076.750000000</x:v>
       </x:c>
     </x:row>
     <x:row r="75">
       <x:c s="0" t="str">
         <x:v>  </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="76">
       <x:c s="0" t="str">
         <x:v>Revenues from fixed call services (SEKm)</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>1611.874400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1992.879500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2326.749600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2784.335200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3302.161000000</x:v>
@@ -7454,50 +7595,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>12687.109998000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>25271.719227000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13031.102500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>26537.256000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13088.950000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>26044.465000000</x:v>
       </x:c>
     </x:row>
     <x:row r="77">
       <x:c s="0" t="str">
         <x:v>    Private</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>478.579000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>733.847000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>978.610500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1249.343700000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1620.056400000</x:v>
@@ -7606,50 +7750,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>8135.294356000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>15568.830187000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>8330.120000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>16406.588000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7777.588000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>15518.730000000</x:v>
       </x:c>
     </x:row>
     <x:row r="78">
       <x:c s="0" t="str">
         <x:v>    Business</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>1133.295400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1259.032500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1348.139100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1534.991500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1682.104600000</x:v>
@@ -7788,50 +7935,53 @@
         <x:v>TV services</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="81">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="82">
       <x:c s="0" t="str">
         <x:v>    Number of digital television subscriptions</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>4180.876000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4170.032000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4112.889000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4056.221000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4068.652000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2905.325000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2907.188000000</x:v>
@@ -7940,50 +8090,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="83">
       <x:c s="0" t="str">
         <x:v>        via digital cable television</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>1913.805000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1887.163000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1895.656000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1890.678000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1875.151000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>770.339000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>768.257000000</x:v>
@@ -8092,50 +8245,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="84">
       <x:c s="0" t="str">
         <x:v>        via digital terrestrial television</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>175.454000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>209.022000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>233.439000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>249.272000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>279.144000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>293.077000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>314.870000000</x:v>
@@ -8238,50 +8394,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="85">
       <x:c s="0" t="str">
         <x:v>        via satellite</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>286.613000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>321.934000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>362.673000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>402.310000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>419.568000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>446.404000000</x:v>
@@ -8390,50 +8549,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="86">
       <x:c s="0" t="str">
         <x:v>        via iptv</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>1885.779000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1769.683000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1711.174000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1581.484000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1496.703000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1467.953000000</x:v>
@@ -8542,50 +8704,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="87">
       <x:c s="0" t="str">
         <x:v>            via fiber and fiber-LAN</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>1881.555000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1760.122000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1688.832000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1535.539000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1437.493000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1399.321000000</x:v>
@@ -8694,50 +8859,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="88">
       <x:c s="0" t="str">
         <x:v>            via xDSL</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>4.120000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9.561000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>22.342000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>45.945000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>59.210000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>68.632000000</x:v>
@@ -8852,50 +9020,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="89">
       <x:c s="0" t="str">
         <x:v>    Analogue cable television subscriptions</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>206.879000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>276.833000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>361.089000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>421.678000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>467.926000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2196.083000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2226.593000000</x:v>
@@ -8998,50 +9169,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="90">
       <x:c s="0" t="str">
         <x:v>    SMATV (cable television via SMATV networks) (analogue and digital)</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>123.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>125.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>123.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>111.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>120.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>139.000000000</x:v>
@@ -9158,50 +9332,53 @@
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="91">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="92">
       <x:c s="0" t="str">
         <x:v>Revenues pay-TV-services (SEKm)</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>10096.665500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9617.814000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9445.914000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9083.456000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9556.507000000</x:v>
@@ -9334,50 +9511,53 @@
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="94">
       <x:c s="0" t="str">
         <x:v>Data communications services</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="95">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="96">
       <x:c s="0" t="str">
         <x:v>Revenues from data communications services to end-users (SEKm)</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>2704.444400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2601.627600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2692.397200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2724.915000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2996.408500000</x:v>
@@ -9492,50 +9672,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>1306.147250000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2209.348500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="97">
       <x:c s="0" t="str">
         <x:v>    IP VPN</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>2030.383500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2098.538600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2168.409000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2411.473000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2737.305600000</x:v>
@@ -9644,50 +9827,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>219.367000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>208.180500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="98">
       <x:c s="0" t="str">
         <x:v>    Network capacity [6]</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>571.244100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>593.858600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>556.506000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>584.935500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>467.760000000</x:v>
@@ -9798,50 +9984,53 @@
         <x:v>1086.780250000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2001.168000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="99">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="100">
       <x:c s="0" t="str">
         <x:v>Revenues from dark fibre and wave length connections (SEKm)</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>6274.917100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6038.272200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6085.171300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5604.423300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5279.934000000</x:v>
@@ -9950,50 +10139,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>107.337000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>808.454000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>81.090000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>676.842000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>553.582000000</x:v>
       </x:c>
     </x:row>
     <x:row r="101">
       <x:c s="0" t="str">
         <x:v>    Dark fibre (wholesale + end-user)</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>5945.183500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5710.948600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5831.384700000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5353.275500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5059.847800000</x:v>
@@ -10102,50 +10294,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>107.337000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>808.454000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>81.090000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>676.842000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>553.582000000</x:v>
       </x:c>
     </x:row>
     <x:row r="102">
       <x:c s="0" t="str">
         <x:v>    Wave length (wholesale + end-user)</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>329.733600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>327.323600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>253.786600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>251.147800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>220.086200000</x:v>
@@ -10278,50 +10473,53 @@
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="104">
       <x:c s="0" t="str">
         <x:v>Bundled services</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="105">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="106">
       <x:c s="0" t="str">
         <x:v>Number of bundled subscriptions (thousands)</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>1441.194000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1448.809000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1497.643000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1509.528000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1466.295000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1416.620000000</x:v>
@@ -10427,44 +10625,44 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="108">
       <x:c s="0" t="str">
-        <x:v>Source: The Swedish Post and Telecom Authority, 13 August, 2025.
+        <x:v>Source: The Swedish Post and Telecom Authority, 17 November, 2025.
 * See "content" or http://statistik.pts.se/start_en under Documents to find out which question the data is based on.
 The same tables are used for both the full-year and half-year versions of the Swedish Telecom market.
 That means that the half-year tables includes some tables without a new data.
 [1] From 2013 register based data on number of households is used, which means that revenues per household in 2013 are not entirely comparable with previous periods.
 [2] From 2015 ISDN is not included only PSTN.
 [3] Mobile subscriptions refer to mobile data and voice subscriptions, mobile voice-only subscriptions and mobile data-only subscriptions.
 [4] Mobile data and voice subscriptions include to all mobile subscriptions with data, both under and over 1 Gbyte.
 [5] "Fixed broadband - Other" indludes satellite, fixed radio iOther broadband access and Other broadband access.
 [6] Including revenues from high-quality access (TDM, PHD, SDH-based, Ethernet-based and analogue high-quality access to end-user)
 [7] End-user revenues includes: Fixed lines, mobile call and data services, internet services (broadband) and data communications services to end-user.
 This does not include dark fibre and wave length connections.
 [8] Average revenues includes: Fixed lines, mobile call and data services and internet services (broadband).
 [9] PTS has estimated Bahnhofs revenues for internet subscriptions via fibre, private and business, 2015 ? 2019, and 2021.</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>