--- v1 (2025-12-30)
+++ v2 (2026-03-03)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2f66f8aaf884123" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c0f0f48f7d7473a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet65" sheetId="65" r:id="Rc53dab0c36d6449a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet87" sheetId="87" r:id="Re739b203a0d94403"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="12"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="006100"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="14"/>
@@ -88,51 +88,51 @@
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="2" borderId="0" applyFill="1"/>
     <x:xf fontId="4" fillId="3" borderId="0" applyFill="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" indent="200"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
   </x:cellXfs>
   <x:xf numFmtId="3453" applyNumberFormat="1" applyFont="1"/>
   <x:col min="5" max="5" width="16" customWidth="1"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R61adf97b84d14e5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd48835a5ee7246f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rc53dab0c36d6449a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3a2ad8ebb66146ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72121c2be7c647bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Re739b203a0d94403" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c s="3" t="str">
         <x:v>Table 2-Key data several years - the market for electronic communications [9]*</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2025  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2024  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2024  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">