--- v0 (2025-10-29)
+++ v1 (2026-02-18)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2eaa159b9fe447c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b370d4ba1234218" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet68" sheetId="68" r:id="Rfcf78b207c8e464a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet52" sheetId="52" r:id="R13cacc82da0643c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="12"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="006100"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="14"/>
@@ -88,67 +88,70 @@
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="2" borderId="0" applyFill="1"/>
     <x:xf fontId="4" fillId="3" borderId="0" applyFill="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" indent="200"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
   </x:cellXfs>
   <x:xf numFmtId="3453" applyNumberFormat="1" applyFont="1"/>
   <x:col min="5" max="5" width="16" customWidth="1"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4e1f440256d64857" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra400ef87112d4afc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rfcf78b207c8e464a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9f535ceaad324f87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R736676eb4780409d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R13cacc82da0643c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c s="3" t="str">
         <x:v>Table 29-Television services - Revenues (SEKm)*</x:v>
       </x:c>
       <x:c s="3" t="str">
+        <x:v>2025  half-year</x:v>
+      </x:c>
+      <x:c s="3" t="str">
         <x:v>2024  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2024  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2023  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2023  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2022  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2022  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2021  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2021  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2020  yearly</x:v>
@@ -208,50 +211,53 @@
         <x:v>2011  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2011  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2010  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2010  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2009  yearly</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c s="0" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c s="0" t="str">
         <x:v>Total revenues (basic- and add-on packages) [1] [2] [5]</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>10096.665500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9617.814000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9445.914000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9083.456000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9556.507000000</x:v>
@@ -314,50 +320,53 @@
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>8575.099000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7928.689000000</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c s="0" t="str">
         <x:v>    Cabel tv (analogue and digital) [11][6]</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>2230.367000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
@@ -412,50 +421,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c s="0" t="str">
         <x:v>    Television via terrestrial network [7]</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>871.097000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
@@ -510,50 +522,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c s="0" t="str">
         <x:v>    Television via satellite [7]</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>2052.678000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
@@ -608,50 +623,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c s="0" t="str">
         <x:v>    Iptv total [7] [8]</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>4942.523500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
@@ -706,50 +724,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c s="0" t="str">
         <x:v>        TV via fiber and fiber-LAN [7]</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>4917.399500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
@@ -804,50 +825,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c s="0" t="str">
         <x:v>        TV via xDSL [7]</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>25.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
@@ -916,50 +940,53 @@
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c s="0" t="str">
         <x:v>    of which via basic package [3]</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>7279.475000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7197.214000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7443.744700000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7710.380000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>8010.543400000</x:v>
@@ -1014,50 +1041,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7362.771000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7053.830000000</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c s="0" t="str">
         <x:v>    of which via package options [4]</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>2338.339000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2248.700000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1639.711300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1846.127000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1830.140000000</x:v>
@@ -1120,50 +1150,53 @@
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>874.859000000</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c s="0" t="str">
         <x:v>        Analogue cable television [2] via basic package</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>187.811000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>225.610000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>229.444000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>865.822000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>905.390000000</x:v>
@@ -1218,50 +1251,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1215.671000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1332.706000000</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c s="0" t="str">
         <x:v>            Analogue cable television [2] via agreement with landlord</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>173.142000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>202.321000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>208.049000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>844.068000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>883.124000000</x:v>
@@ -1316,50 +1352,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1166.221000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1196.278000000</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c s="0" t="str">
         <x:v>        Digital cable [2] via basic package</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>1735.511000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1705.113000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1752.433000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1200.566000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1305.564000000</x:v>
@@ -1414,50 +1453,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1335.457000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1095.076000000</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c s="0" t="str">
         <x:v>            Digital cable [2] via agreement with landlord</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>820.704000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>785.886000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>787.064000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>203.598000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>192.794000000</x:v>
@@ -1512,50 +1554,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>140.221000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>105.145000000</x:v>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c s="0" t="str">
         <x:v>        Television via terrestrial network via basic package</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>760.535000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>788.693000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>825.030000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>868.096000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>979.771000000</x:v>
@@ -1610,50 +1655,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1857.343000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1875.106000000</x:v>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c s="0" t="str">
         <x:v>        Television via satellite via basic package</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>1586.848000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1789.683000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1800.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2096.994000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2362.673000000</x:v>
@@ -1708,50 +1756,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2512.317000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2381.105000000</x:v>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c s="0" t="str">
         <x:v>        Television via fiber and LAN via basic package</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>2981.698000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2627.334000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2712.170700000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2524.667000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2255.649400000</x:v>
@@ -1806,50 +1857,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>101.384000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>102.515000000</x:v>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c s="0" t="str">
         <x:v>            Television via fiber and LAN via agreement with landlord</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>414.764000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>414.565000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>392.863000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>358.566000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>312.192000000</x:v>
@@ -1904,50 +1958,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>29.495000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>43.724000000</x:v>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c s="0" t="str">
         <x:v>        Television via xDSL via basic package</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>27.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>58.616000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>123.485000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>153.130000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>200.422000000</x:v>
@@ -1993,48 +2050,48 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>436.022000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>380.264000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>340.599000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>267.322000000</x:v>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c s="0" t="str">
-        <x:v>Source: The Swedish Post and Telecom Authority, 13 August, 2025.
+        <x:v>Source: The Swedish Post and Telecom Authority, 17 November, 2025.
 * See "content" or http://statistik.pts.se/start_en under Documents to find out which question the data is based on.
 The same tables are used for both the full-year and half-year versions of the Swedish Telecom market.
 That means that the half-year tables includes some tables without a new data.
 [1] The revenues includes all revenues that is attributable to the retail purchase of the basic package or add-on packages such as ongoing fees, entry fees, rentals or sales of digital TV boxes and smart cards.
 Revenues from VOD (video on demand) and pay-per-view are included until 2015. From 2016 revenues from transaction based VOD (video on demand) and pay-per-view are not included.
 From the year 2012 revenues from smaller cable television networks and property owners, that have reported data themselves, are no longer included here.
 Revenues on both basic and optional packages from TV services via DTT (digital terrestrial network) are reported as basic packags from 2009 to 2014. This means that the revenues on basic packages for these years are too high
 and revenues on optional packages are too low.
 [2] Does not include revenues from SMATV operators.
 [3] Revenues on a basic package includes all revenues that is attributable to the retail purchase of the basic package such as ongoing fees, entry fees, rentals or sales of digital TV boxes and smart cards.
 [4]  Revenues on an add-on package includes all revenues that is attributable to the retail purchase of the add-on package such as ongoing fees, entry fees, rentals or sales of digital TV boxes and 
 smart cards. It also includes revenues from VOD (video on demand) och pay-per-view. Since the definition of VOD and pay-per view varies and is not defined here, further analyses 
 are to be made with caution. Revenues from VOD (video on demand) and pay-per-view are included until 2015. From 2016 revenues from transaction based VOD (video on demand) and pay-per-view are not included.
 [5] From 2023 onwards, PTS has changed the sum for digital and analogue cable TV to include all reporting actors. This also affects sums in previous years' reporting.
 [6] New question starting 2024 (Digital cable tv basic subscription + analogue cable tv subscription, both basic- and add-on packages) not including revenues from SMATV.
 [7] Both basic- and add-on packages.
 [8] Includes IP-tv via fiber, IP-tv via xDSL and IP-tv via other.</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>