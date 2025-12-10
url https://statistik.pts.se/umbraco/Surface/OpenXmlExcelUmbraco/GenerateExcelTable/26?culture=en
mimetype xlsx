--- v0 (2025-10-08)
+++ v1 (2025-12-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6d96bf8d2c74604" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ed9afbc3d0142bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet15" sheetId="15" r:id="R8f790674c31a4941"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet94" sheetId="94" r:id="R69c514ba418b459c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="12"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="006100"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="14"/>
@@ -88,67 +88,70 @@
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="2" borderId="0" applyFill="1"/>
     <x:xf fontId="4" fillId="3" borderId="0" applyFill="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" indent="200"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
   </x:cellXfs>
   <x:xf numFmtId="3453" applyNumberFormat="1" applyFont="1"/>
   <x:col min="5" max="5" width="16" customWidth="1"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3618bbe4d53a463d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96e7fca057604622" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R8f790674c31a4941" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4314992905f3432c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2243c493c14d4271" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R69c514ba418b459c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c s="3" t="str">
         <x:v>Table 26-Internet services - upstream speed (thousands) [1] [2] [3]*</x:v>
       </x:c>
       <x:c s="3" t="str">
+        <x:v>2025  half-year</x:v>
+      </x:c>
+      <x:c s="3" t="str">
         <x:v>2024  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2024  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2023  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2023  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2022  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2022  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2021  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2021  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2020  yearly</x:v>
@@ -262,50 +265,53 @@
         <x:v>2002  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2002  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2001  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2001  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2000  yearly</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c s="0" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c s="0" t="str">
         <x:v>Total number of fixed internet subscriptions</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>4292.180000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>4308.102000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4292.411000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4298.047000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4279.120000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4258.839000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4235.075000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4253.442000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4175.724000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4179.695000000</x:v>
@@ -422,50 +428,53 @@
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c s="0" t="str">
         <x:v>    of which upstream 144 kbit/s and above and below 30 Mbit/s</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>709.715000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>778.223000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>892.367000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>950.802000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1083.746000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1143.620000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1273.903000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1365.052000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1477.537000000</x:v>
@@ -574,50 +583,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c s="0" t="str">
         <x:v>        of which upstream above 144 Kbit/s and below 2 Mbit/s</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>19.842000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>30.745000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>40.526000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>53.991000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>77.751000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>121.572000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>172.579000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>212.311000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>266.205000000</x:v>
@@ -726,50 +738,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c s="0" t="str">
         <x:v>        of which upstream 2 Mbit/s and above and below 10 Mbit/s</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>26.024000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>23.529000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>24.295000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>27.103000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>23.259000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>25.469000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>24.350000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>31.965000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>29.907000000</x:v>
@@ -878,50 +893,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c s="0" t="str">
         <x:v>        of which upstream 10 Mbit/s and above and below 30 Mbit/s [1]</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>663.849000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>723.949000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>827.546000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>869.708000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>982.736000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>996.579000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1076.974000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1120.776000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1181.425000000</x:v>
@@ -1030,50 +1048,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c s="0" t="str">
         <x:v>    of which upstream 30 Mbit/s and above and below 100 Mbit/s</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>198.538000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>200.180000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>191.245000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>194.044000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>173.824000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>176.680000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>173.698000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>154.031000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>185.228000000</x:v>
@@ -1182,50 +1203,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c s="0" t="str">
         <x:v>    of which upstream 100 Mbit/s and above</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>3399.849000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3314.008000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3214.435000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3134.274000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3001.269000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2914.775000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2806.191000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2656.641000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2516.930000000</x:v>
@@ -1334,50 +1358,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c s="0" t="str">
         <x:v>    of which upstream 100Mbit/ and above and below 250 Mbit/s</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>1558.504000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1571.676000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1533.179000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1527.655000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1791.091000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1774.362000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1768.687000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1733.891000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1726.077000000</x:v>
@@ -1486,50 +1513,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c s="0" t="str">
         <x:v>    of which upstream 250Mbit/ and above</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>1841.345000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1742.332000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1681.256000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1606.619000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1210.178000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1140.413000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1037.504000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>922.750000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>790.853000000</x:v>
@@ -1677,50 +1707,53 @@
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>2.186000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2.584000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7.247000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9.275000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5.668000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4.405000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>71.114000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>79.926000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>91.982000000</x:v>
@@ -1787,253 +1820,259 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c s="0" t="str">
-        <x:v>    of which upstream speed unknown [2]</x:v>
-[...146 lines deleted...]
-        <x:v>0.000000000</x:v>
+        <x:v> </x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c s="0" t="str">
-        <x:v> </x:v>
-[...2 lines deleted...]
-        <x:v/>
+        <x:v>    of which upstream via Cable television</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>663.462000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>665.091000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>671.787000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>674.197000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>674.352000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>683.115000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>689.286000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>695.820000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>711.406000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>666.263000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>666.536000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>671.058000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>675.060000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>664.401000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c s="0" t="str">
-        <x:v>    of which upstream via Cable television</x:v>
-[...41 lines deleted...]
-        <x:v>664.401000000</x:v>
+        <x:v>        of which upstream above 144 Kbit/s and below 2 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.981000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.245000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.445000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.188000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.379000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.101000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.239000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>5.748000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.293000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>7.253000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>8.393000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>11.283000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>13.562000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>13.520000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -2099,93 +2138,96 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c s="0" t="str">
-        <x:v>        of which upstream above 144 Kbit/s and below 2 Mbit/s</x:v>
-[...41 lines deleted...]
-        <x:v>13.520000000</x:v>
+        <x:v>        of which upstream 2 Mbit/s and above and below 10 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.869000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.924000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.147000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.237000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.732000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.795000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.002000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.230000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.840000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.758000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.575000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.605000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.824000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>22.255000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -2251,93 +2293,96 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c s="0" t="str">
-        <x:v>        of which upstream 2 Mbit/s and above and below 10 Mbit/s</x:v>
-[...41 lines deleted...]
-        <x:v>22.255000000</x:v>
+        <x:v>        of which upstream 10 Mbit/s and above and below 30 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>392.211000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>415.247000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>441.569000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>450.556000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>480.001000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>493.185000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>514.839000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>530.787000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>554.883000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>558.747000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>563.287000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>567.579000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>574.078000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>594.090000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -2403,93 +2448,96 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c s="0" t="str">
-        <x:v>        of which upstream 10 Mbit/s and above and below 30 Mbit/s</x:v>
-[...41 lines deleted...]
-        <x:v>594.090000000</x:v>
+        <x:v>        of which upstream 30 Mbit/s and above and below 100 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>178.352000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>165.591000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>160.134000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>155.957000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>140.736000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>135.116000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>126.157000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>120.002000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>111.062000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>95.239000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>88.004000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>65.873000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>82.167000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>30.902000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -2555,93 +2603,96 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c s="0" t="str">
-        <x:v>        of which upstream 30 Mbit/s and above and below 100 Mbit/s</x:v>
-[...41 lines deleted...]
-        <x:v>30.902000000</x:v>
+        <x:v>        of which upstream 100Mbit/ and above and below 250 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>43.685000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>41.290000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>39.312000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>39.516000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>36.830000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>36.449000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>34.032000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>31.716000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>30.992000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.266000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.467000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>16.930000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.429000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.608000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -2707,93 +2758,96 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c s="0" t="str">
-        <x:v>        of which upstream 100Mbit/ and above and below 250 Mbit/s</x:v>
-[...41 lines deleted...]
-        <x:v>3.608000000</x:v>
+        <x:v>        of which upstream 250 Mbit/s and above and below 500 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>17.705000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>15.889000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>13.340000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>11.593000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.440000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.166000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.403000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.023000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.764000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.001000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.971000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -2859,93 +2913,96 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c s="0" t="str">
-        <x:v>        of which upstream 250 Mbit/s and above and below 500 Mbit/s</x:v>
-[...41 lines deleted...]
-        <x:v>0.000000000</x:v>
+        <x:v>        of which upstream 500 Mbit/s and above</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.026000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -3011,93 +3068,96 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c s="0" t="str">
-        <x:v>        of which upstream 500 Mbit/s and above</x:v>
-[...41 lines deleted...]
-        <x:v>0.026000000</x:v>
+        <x:v>        of which upstream 500 Mbit/s and above and below 1000 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>10.060000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>7.448000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>5.829000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.747000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.806000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.642000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.362000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.474000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.483000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.809000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.786000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -3163,87 +3223,90 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c s="0" t="str">
-        <x:v>        of which upstream 500 Mbit/s and above and below 1000 Mbit/s</x:v>
-[...35 lines deleted...]
-        <x:v>1.786000000</x:v>
+        <x:v>        of which upstream 1000 Mbit/s and above</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>17.599000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>14.457000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>7.011000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>5.403000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.428000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.661000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.252000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.840000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.089000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.031000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -3315,93 +3378,96 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c s="0" t="str">
-        <x:v>        of which upstream 1000 Mbit/s and above</x:v>
-[...41 lines deleted...]
-        <x:v>0.000000000</x:v>
+        <x:v>        of which upstream 100 Mbit/s and above</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>89.049000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>79.084000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>65.492000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>61.259000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>47.504000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>45.918000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>41.049000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>35.053000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>34.328000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.266000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.277000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>22.718000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.429000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.634000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -3467,253 +3533,259 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c s="0" t="str">
-        <x:v>        of which upstream 100 Mbit/s and above</x:v>
-[...146 lines deleted...]
-        <x:v>0.000000000</x:v>
+        <x:v> </x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="30">
       <x:c s="0" t="str">
-        <x:v> </x:v>
-[...2 lines deleted...]
-        <x:v/>
+        <x:v>    of which upstream via Fiber and Fiber-LAN</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3600.104000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3571.855000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3556.937000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3515.456000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3459.137000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3363.824000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3319.466000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3172.078000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3097.780000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2993.855000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2874.451000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2744.601000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2621.148000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2401.896000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="31">
       <x:c s="0" t="str">
-        <x:v>    of which upstream via Fiber and Fiber-LAN</x:v>
-[...41 lines deleted...]
-        <x:v>2401.896000000</x:v>
+        <x:v>        of which upstream above 144 Kbit/s and below 2 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.974000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.206000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.432000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.405000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>5.410000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.198000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>11.030000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>8.806000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>11.217000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>7.546000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>7.891000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>11.472000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>13.207000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>11.836000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -3779,93 +3851,96 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="32">
       <x:c s="0" t="str">
-        <x:v>        of which upstream above 144 Kbit/s and below 2 Mbit/s</x:v>
-[...41 lines deleted...]
-        <x:v>11.836000000</x:v>
+        <x:v>        of which upstream 2 Mbit/s and above and below 10 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>23.328000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>19.441000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>20.204000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>21.590000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>16.323000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>13.309000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>14.871000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>15.796000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>15.535000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>15.875000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>15.296000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>17.622000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>16.044000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>19.209000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -3931,93 +4006,96 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="33">
       <x:c s="0" t="str">
-        <x:v>        of which upstream 2 Mbit/s and above and below 10 Mbit/s</x:v>
-[...41 lines deleted...]
-        <x:v>19.209000000</x:v>
+        <x:v>        of which upstream 10 Mbit/s and above and below 30 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>255.898000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>291.101000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>364.395000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>389.721000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>461.397000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>446.438000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>491.161000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>502.287000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>524.599000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>555.603000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>502.256000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>709.411000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>748.511000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>702.556000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -4083,93 +4161,96 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="34">
       <x:c s="0" t="str">
-        <x:v>        of which upstream 10 Mbit/s and above and below 30 Mbit/s</x:v>
-[...41 lines deleted...]
-        <x:v>702.556000000</x:v>
+        <x:v>        of which upstream 30 Mbit/s and above and below 100 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>18.895000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>33.369000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>29.902000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>36.691000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>31.683000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>39.985000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>45.699000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>31.597000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>71.426000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>68.848000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>74.434000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>76.298000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>73.058000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>54.395000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -4235,93 +4316,96 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c s="0" t="str">
-        <x:v>        of which upstream 30 Mbit/s and above and below 100 Mbit/s</x:v>
-[...41 lines deleted...]
-        <x:v>54.395000000</x:v>
+        <x:v>        of which upstream 100Mbit/ and above and below 250 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1502.028000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1519.200000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1482.928000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1478.173000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1744.820000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1728.950000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1726.218000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1694.179000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1687.486000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1666.959000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1631.298000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1571.644000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1481.758000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1373.674000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -4387,93 +4471,96 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="36">
       <x:c s="0" t="str">
-        <x:v>        of which upstream 100Mbit/ and above and below 250 Mbit/s</x:v>
-[...41 lines deleted...]
-        <x:v>1373.674000000</x:v>
+        <x:v>        of which upstream 250 Mbit/s and above and below 500 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>899.637000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>882.670000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>868.862000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>852.508000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>632.600000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>592.946000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>545.758000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>485.596000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>379.549000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>340.672000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>356.977000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>124.047000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>120.205000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>92.754000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -4539,93 +4626,96 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="37">
       <x:c s="0" t="str">
-        <x:v>        of which upstream 250 Mbit/s and above and below 500 Mbit/s</x:v>
-[...41 lines deleted...]
-        <x:v>92.754000000</x:v>
+        <x:v>        of which upstream 500 Mbit/s and above and below 1000 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>442.557000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>409.432000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>408.302000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>396.970000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>303.025000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>301.082000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>293.812000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>240.306000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>221.349000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>183.129000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>149.360000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>110.918000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>62.256000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>50.989000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -4691,93 +4781,96 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="38">
       <x:c s="0" t="str">
-        <x:v>        of which upstream 500 Mbit/s and above and below 1000 Mbit/s</x:v>
-[...41 lines deleted...]
-        <x:v>50.989000000</x:v>
+        <x:v>        of which upstream 1000 Mbit/s and above</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>453.787000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>412.436000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>377.912000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>335.398000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>263.879000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>236.916000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>190.917000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>193.511000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>186.619000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>155.223000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>136.939000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>123.189000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>106.109000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>96.483000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -4843,93 +4936,96 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c s="0" t="str">
-        <x:v>        of which upstream 1000 Mbit/s and above</x:v>
-[...41 lines deleted...]
-        <x:v>96.483000000</x:v>
+        <x:v>        of which upstream 100 Mbit/s and above</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3298.009000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3223.738000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3138.004000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3063.049000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2944.324000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2859.894000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2756.705000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2613.592000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2475.003000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2345.983000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2274.574000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1929.798000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1770.328000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1613.900000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -4995,253 +5091,259 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="40">
       <x:c s="0" t="str">
-        <x:v>        of which upstream 100 Mbit/s and above</x:v>
-[...146 lines deleted...]
-        <x:v>0.000000000</x:v>
+        <x:v> </x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="41">
       <x:c s="0" t="str">
-        <x:v> </x:v>
-[...2 lines deleted...]
-        <x:v/>
+        <x:v>    of which upstream via xDSL, PSTN, satellite, fixed radio and other fixed internet access</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>44.536000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>55.465000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>69.323000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>89.467000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>125.350000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>188.136000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>245.040000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>307.826000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>370.509000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>440.521000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>497.038000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>569.706000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>638.793000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>697.297000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="42">
       <x:c s="0" t="str">
-        <x:v>    of which upstream via xDSL, PSTN, satellite, fixed radio and other fixed internet access</x:v>
-[...41 lines deleted...]
-        <x:v>697.297000000</x:v>
+        <x:v>        of which upstream above 144 Kbit/s and below 2 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>13.887000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>24.294000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>33.649000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>46.398000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>68.962000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>113.273000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>157.310000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>197.757000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>248.695000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>298.950000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>345.799000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>400.121000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>448.875000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>524.428000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -5307,93 +5409,96 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="43">
       <x:c s="0" t="str">
-        <x:v>        of which upstream above 144 Kbit/s and below 2 Mbit/s</x:v>
-[...41 lines deleted...]
-        <x:v>524.428000000</x:v>
+        <x:v>        of which upstream 2 Mbit/s and above and below 10 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.827000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.164000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.944000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.276000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.204000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>7.365000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.477000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>11.939000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>9.532000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>17.329000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>15.935000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>25.288000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>29.597000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>21.838000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -5459,93 +5564,96 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="44">
       <x:c s="0" t="str">
-        <x:v>        of which upstream 2 Mbit/s and above and below 10 Mbit/s</x:v>
-[...41 lines deleted...]
-        <x:v>21.838000000</x:v>
+        <x:v>        of which upstream 10 Mbit/s and above and below 30 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>15.740000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>17.601000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>21.582000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>29.431000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>41.338000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>56.956000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>70.974000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>87.702000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>101.943000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>115.553000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>126.433000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>135.682000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>151.305000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>146.680000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -5611,93 +5719,96 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="45">
       <x:c s="0" t="str">
-        <x:v>        of which upstream 10 Mbit/s and above and below 30 Mbit/s</x:v>
-[...41 lines deleted...]
-        <x:v>146.680000000</x:v>
+        <x:v>        of which upstream 30 Mbit/s and above and below 100 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.291000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.220000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.209000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.396000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.405000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.579000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.842000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.432000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.740000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.254000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.581000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.189000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.542000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.312000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -5763,93 +5874,96 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="46">
       <x:c s="0" t="str">
-        <x:v>        of which upstream 30 Mbit/s and above and below 100 Mbit/s</x:v>
-[...41 lines deleted...]
-        <x:v>0.312000000</x:v>
+        <x:v>        of which upstream 100 Mbit/s and above</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>12.791000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>11.186000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>10.939000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>9.966000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>9.441000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>8.963000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>8.437000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>7.996000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>7.599000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.435000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.290000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.426000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.474000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.039000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -5915,220 +6029,226 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="47">
       <x:c s="0" t="str">
-        <x:v>        of which upstream 100 Mbit/s and above</x:v>
-[...146 lines deleted...]
-        <x:v>0.000000000</x:v>
+        <x:v> </x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="48">
       <x:c s="0" t="str">
-        <x:v> </x:v>
-[...2 lines deleted...]
-        <x:v/>
+        <x:v>    Upstream via xDSL, PSTN, fixed radio and other fixed internet access</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>40.572000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>52.768000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>67.744000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="49">
       <x:c s="0" t="str">
-        <x:v>    Upstream via xDSL, PSTN, fixed radio and other fixed internet access</x:v>
-[...8 lines deleted...]
-        <x:v>67.744000000</x:v>
+        <x:v>        of which upstream above 144 Kbit/s and below 2 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>13.887000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>24.294000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>33.649000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -6227,60 +6347,63 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="50">
       <x:c s="0" t="str">
-        <x:v>        of which upstream above 144 Kbit/s and below 2 Mbit/s</x:v>
-[...8 lines deleted...]
-        <x:v>33.649000000</x:v>
+        <x:v>        of which upstream 2 Mbit/s and above and below 10 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.732000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.094000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.622000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -6379,60 +6502,63 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="51">
       <x:c s="0" t="str">
-        <x:v>        of which upstream 2 Mbit/s and above and below 10 Mbit/s</x:v>
-[...8 lines deleted...]
-        <x:v>1.622000000</x:v>
+        <x:v>        of which upstream 10 Mbit/s and above and below 30 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>11.871000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>14.974000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>20.325000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -6531,60 +6657,63 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="52">
       <x:c s="0" t="str">
-        <x:v>        of which upstream 10 Mbit/s and above and below 30 Mbit/s</x:v>
-[...8 lines deleted...]
-        <x:v>20.325000000</x:v>
+        <x:v>        of which upstream 30 Mbit/s and above and below 100 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.291000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.220000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.209000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -6683,60 +6812,63 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="53">
       <x:c s="0" t="str">
-        <x:v>        of which upstream 30 Mbit/s and above and below 100 Mbit/s</x:v>
-[...8 lines deleted...]
-        <x:v>1.209000000</x:v>
+        <x:v>        of which upstream 100 Mbit/s and above</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>12.791000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>11.186000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>10.939000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -6835,220 +6967,226 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="54">
       <x:c s="0" t="str">
-        <x:v>        of which upstream 100 Mbit/s and above</x:v>
-[...146 lines deleted...]
-        <x:v>0.000000000</x:v>
+        <x:v> </x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="55">
       <x:c s="0" t="str">
-        <x:v> </x:v>
-[...2 lines deleted...]
-        <x:v/>
+        <x:v>    Upstream via Satellite</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.964000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.697000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.579000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="56">
       <x:c s="0" t="str">
-        <x:v>    Upstream via Satellite</x:v>
-[...8 lines deleted...]
-        <x:v>1.579000000</x:v>
+        <x:v>        of which upstream above 144 Kbit/s and below 2 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -7147,60 +7285,63 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="57">
       <x:c s="0" t="str">
-        <x:v>        of which upstream above 144 Kbit/s and below 2 Mbit/s</x:v>
-[...8 lines deleted...]
-        <x:v>0.000000000</x:v>
+        <x:v>        of which upstream 2 Mbit/s and above and below 10 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.095000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.070000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.322000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -7299,60 +7440,63 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="58">
       <x:c s="0" t="str">
-        <x:v>        of which upstream 2 Mbit/s and above and below 10 Mbit/s</x:v>
-[...8 lines deleted...]
-        <x:v>0.322000000</x:v>
+        <x:v>        of which upstream 10 Mbit/s and above and below 30 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.869000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.627000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.257000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -7451,60 +7595,63 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="59">
       <x:c s="0" t="str">
-        <x:v>        of which upstream 10 Mbit/s and above and below 30 Mbit/s</x:v>
-[...8 lines deleted...]
-        <x:v>1.257000000</x:v>
+        <x:v>        of which upstream 30 Mbit/s and above and below 100 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -7603,51 +7750,54 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="60">
       <x:c s="0" t="str">
-        <x:v>        of which upstream 30 Mbit/s and above and below 100 Mbit/s</x:v>
+        <x:v>        of which upstream 100 Mbit/s and above</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -7753,191 +7903,39 @@
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
-    <x:row r="61">
+    <x:row r="62">
       <x:c s="0" t="str">
-        <x:v>        of which upstream 100 Mbit/s and above</x:v>
-[...151 lines deleted...]
-        <x:v>Source: The Swedish Post and Telecom Authority, 13 August, 2025.
+        <x:v>Source: The Swedish Post and Telecom Authority, 17 November, 2025.
 * See "content" or http://statistik.pts.se/start_en under Documents to find out which question the data is based on.
 The same tables are used for both the full-year and half-year versions of the Swedish Telecom market.
 That means that the half-year tables includes some tables without a new data.
 [1] NOTE! The definition for 2010 and earlier was 10 Mbit/s and above.
 [2] Details on upstream speed have not been given. For the years prior to 2012 are also subscription with "other speed" included in this total. 
 [3] Before 2012 this question has not been asked, and the data are therefore not available. Other speed refers to speeds below 144 kbit/s.</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>