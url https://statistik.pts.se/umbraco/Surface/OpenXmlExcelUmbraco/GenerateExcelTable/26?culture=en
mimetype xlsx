--- v1 (2025-12-10)
+++ v2 (2026-02-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ed9afbc3d0142bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R342f52bac4db44d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet94" sheetId="94" r:id="R69c514ba418b459c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet32" sheetId="32" r:id="R25aab72704204974"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="12"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="006100"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="14"/>
@@ -88,51 +88,51 @@
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="2" borderId="0" applyFill="1"/>
     <x:xf fontId="4" fillId="3" borderId="0" applyFill="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" indent="200"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
   </x:cellXfs>
   <x:xf numFmtId="3453" applyNumberFormat="1" applyFont="1"/>
   <x:col min="5" max="5" width="16" customWidth="1"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4314992905f3432c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2243c493c14d4271" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R69c514ba418b459c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9a966cefa01246bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37cb9ac674504f16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R25aab72704204974" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c s="3" t="str">
         <x:v>Table 26-Internet services - upstream speed (thousands) [1] [2] [3]*</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2025  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2024  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2024  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">