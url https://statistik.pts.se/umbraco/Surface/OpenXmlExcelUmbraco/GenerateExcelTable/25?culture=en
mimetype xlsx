--- v0 (2025-11-07)
+++ v1 (2025-12-28)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97ddf2bdd3ed4456" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5fddb614fb840cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet38" sheetId="38" r:id="Rff97fc07e66b417c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet40" sheetId="40" r:id="R6abac11f56634874"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="12"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="006100"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="14"/>
@@ -88,67 +88,70 @@
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="2" borderId="0" applyFill="1"/>
     <x:xf fontId="4" fillId="3" borderId="0" applyFill="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" indent="200"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
   </x:cellXfs>
   <x:xf numFmtId="3453" applyNumberFormat="1" applyFont="1"/>
   <x:col min="5" max="5" width="16" customWidth="1"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re50f0a1d99e64f96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raba9865b9c87414b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rff97fc07e66b417c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R809740a5386f4d8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9282220d3ec94786" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R6abac11f56634874" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c s="3" t="str">
         <x:v>Table 25-Internet services - Number of subscriptions with broadband connection per form of access and downstream speed (thousands) [1][7]*</x:v>
       </x:c>
       <x:c s="3" t="str">
+        <x:v>2025  half-year</x:v>
+      </x:c>
+      <x:c s="3" t="str">
         <x:v>2024  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2024  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2023  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2023  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2022  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2022  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2021  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2021  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2020  yearly</x:v>
@@ -262,50 +265,53 @@
         <x:v>2002  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2002  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2001  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2001  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2000  yearly</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c s="0" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c s="0" t="str">
         <x:v>Number of subscriptions with broadband connection</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>18560.063000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>18509.856000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>18370.871000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>18277.002000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>18268.333000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>18222.530000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>17798.803000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>17528.053000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>17358.324000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>17207.085000000</x:v>
@@ -414,50 +420,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>1046.307000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>814.579000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>652.579000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>453.577000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>272.864000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>123.627000000</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c s="0" t="str">
         <x:v>    Private</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>14298.689000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>14288.339000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14182.286000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14124.748000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14098.308000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14119.162000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13825.068000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13659.891000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13518.853000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13478.285000000</x:v>
@@ -566,50 +575,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>882.574000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>698.488000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>579.615000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>424.735000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>257.886000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>113.202000000</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c s="0" t="str">
         <x:v>    Business</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>4261.374000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>4221.517000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4188.585000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4152.254000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4170.025000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4103.368000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3973.735000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3868.162000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3839.471000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3728.800000000</x:v>
@@ -726,50 +738,53 @@
         <x:v>72.964000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>28.842000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14.978000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>10.425000000</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c s="0" t="str">
         <x:v>    Fixed broadband subscriptions [8]</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>4292.180000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>4308.102000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4292.411000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4298.047000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4279.120000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4258.839000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4235.075000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4253.442000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4175.604000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4179.575000000</x:v>
@@ -878,50 +893,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>846.388000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>723.879000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>595.385000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>453.577000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>272.864000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>123.627000000</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c s="0" t="str">
         <x:v>    Mobile broadband subscriptions [2] [5]</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>14267.883000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>14201.754000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14078.460000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13978.955000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13989.213000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13963.691000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13563.728000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13274.611000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13182.720000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13027.510000000</x:v>
@@ -1038,50 +1056,53 @@
         <x:v>57.194000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c s="0" t="str">
         <x:v>    of which via fixed broadband [8]</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>4292.180000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>4308.102000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4292.411000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4298.047000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4279.120000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4258.839000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4235.075000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4253.442000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4175.604000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4179.575000000</x:v>
@@ -1190,50 +1211,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>846.388000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>723.879000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>595.385000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>453.577000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>272.864000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>123.627000000</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c s="0" t="str">
         <x:v>        of which over 144 kbit/s and under 2 Mbit/s</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>3.745000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3.953000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3.881000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4.152000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4.765000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4.040000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>10.170000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6.955000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9.971000000</x:v>
@@ -1342,50 +1366,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c s="0" t="str">
         <x:v>        of which 2 Mbit/s and over and under 10 Mbit/s</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>31.150000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>33.678000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>40.056000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>48.410000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>56.140000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>67.807000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>86.173000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>104.134000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>127.518000000</x:v>
@@ -1494,50 +1521,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c s="0" t="str">
         <x:v>        of which 10 Mbit/s and over and under 30 Mbit/s [3]</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>112.809000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>100.737000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>113.439000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>121.657000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>148.109000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>184.819000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>250.023000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>265.809000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>314.992000000</x:v>
@@ -1646,50 +1676,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c s="0" t="str">
         <x:v>        of which 30 Mbit/s and over and under 100 Mbit/s [4]</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>63.879000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>81.481000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>88.207000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>105.211000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>126.598000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>151.413000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>183.094000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>189.728000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>257.498000000</x:v>
@@ -1795,293 +1828,299 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c s="0" t="str">
-        <x:v>        of which 100 Mbit/s and over and under 1000 Mbit/s [10]</x:v>
-[...104 lines deleted...]
-        <x:v>0.000000000</x:v>
+        <x:v>        of which under 100 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>176.125000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>211.583000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>219.849000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>245.583000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>279.430000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>335.612000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>408.079000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>529.460000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>566.626000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>709.979000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>809.227000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>884.480000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>947.601000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1027.092000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1127.233000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1258.315000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1353.181000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1502.041000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1740.929000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1880.920000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1950.415000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2024.263000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2128.034000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2171.353000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2241.184000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2315.332000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2417.357000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2489.569000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2526.093000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2580.032000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2608.638000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2945.125000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2923.091000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2902.833000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2818.486000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2780.312000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c s="0" t="str">
-        <x:v>        of which 1000 Mbit/s and over</x:v>
-[...89 lines deleted...]
-        <x:v>0.000000000</x:v>
+        <x:v>        of which 100 Mbit/s and over and under 1000 Mbit/s [10]</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3445.552000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3612.670000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3620.470000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3655.240000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3640.301000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3635.921000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3564.238000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3485.707000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3387.549000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3256.499000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3114.190000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3008.984000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2904.584000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2798.749000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2670.667000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2500.520000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2332.268000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2140.799000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1782.396000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1582.805000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1364.771000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1242.956000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1061.205000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>963.246000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>839.101000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>754.107000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>613.829000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>535.170000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>479.986000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>416.675000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>350.970000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -2099,141 +2138,144 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c s="0" t="str">
-        <x:v>        of which 100 Mbit/s and over</x:v>
-[...89 lines deleted...]
-        <x:v>350.970000000</x:v>
+        <x:v>        of which 1000 Mbit/s and over</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>670.503000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>483.849000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>452.092000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>397.224000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>359.389000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>287.306000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>262.758000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>238.275000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>221.429000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>213.097000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>177.661000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>145.225000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>131.367000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>116.247000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>104.486000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>95.779000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>50.171000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>35.867000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>27.517000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>21.695000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>19.650000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>18.283000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>13.916000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>14.009000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.013000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.982000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -2251,915 +2293,933 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c s="0" t="str">
-        <x:v> </x:v>
-[...2 lines deleted...]
-        <x:v/>
+        <x:v>        of which 100 Mbit/s and over</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4116.055000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4096.519000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4072.562000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4052.464000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3999.690000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3923.227000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3826.996000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3723.982000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3608.978000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3469.596000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3291.851000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3154.209000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3035.951000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2914.996000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2775.153000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2596.299000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2382.439000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2176.666000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1809.913000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1604.500000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1384.421000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1261.239000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1075.121000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>977.255000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>840.114000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>755.089000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>613.829000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>535.170000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>479.986000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>416.675000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>350.970000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c s="0" t="str">
-        <x:v>    of which via xDSL</x:v>
-[...146 lines deleted...]
-        <x:v>26.203000000</x:v>
+        <x:v> </x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c s="0" t="str">
-        <x:v>        of which over 144 kbit/s and under 2 Mbit/s</x:v>
-[...146 lines deleted...]
-        <x:v>0.000000000</x:v>
+        <x:v>    of which via xDSL</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>13.492000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>24.128000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>37.780000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>52.910000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>73.995000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>110.285000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>173.803000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>231.108000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>293.143000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>355.525000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>427.465000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>482.746000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>555.181000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>623.914000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>697.912000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>771.599000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>869.464000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>958.868000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1047.009000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1118.206000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1167.526000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1227.571000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1302.102000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1339.975000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1383.880000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1437.190000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1469.592000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1515.160000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1546.678000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1591.478000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1633.016000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1666.134000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1706.744000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1737.394000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1745.040000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1716.268000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1640.898000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1531.274000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1370.969000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1207.146000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1013.702000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>845.939000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>662.538000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>581.194000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>484.376000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>421.444000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>336.887000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>241.536000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>122.864000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>26.203000000</x:v>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c s="0" t="str">
-        <x:v>        of which 2 Mbit/s and over and under 10 Mbit/s</x:v>
-[...104 lines deleted...]
-        <x:v>929.687000000</x:v>
+        <x:v>        of which over 144 kbit/s and under 2 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.013000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.019000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.024000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.051000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.093000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.177000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.212000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.256000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.345000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.874000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.033000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.289000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.507000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.590000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.282000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>5.110000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.518000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>7.570000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>11.929000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>12.006000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>14.639000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>18.617000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>18.922000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>29.109000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>38.066000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>46.005000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>57.312000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>83.554000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>110.136000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>144.228000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>185.589000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>230.040000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>308.368478434</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>346.112000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>448.266000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c s="0" t="str">
-        <x:v>        of which 10 Mbit/s and over and under 30 Mbit/s [3] [6]</x:v>
-[...104 lines deleted...]
-        <x:v>338.315000000</x:v>
+        <x:v>        of which 2 Mbit/s and over and under 10 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>7.284000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>13.525000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>18.791000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>25.734000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>38.415000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>53.812000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>70.243000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>87.650000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>110.177000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>144.334000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>167.193000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>202.440000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>237.611000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>277.207000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>328.020000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>359.089000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>411.733000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>458.829000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>514.596000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>548.952000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>597.689000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>698.027000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>753.008000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>805.972000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>872.543000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>919.841000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>976.882000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>991.365000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1006.650000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1020.112000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1009.689000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>998.563000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1034.195294511</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1024.073000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>929.687000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c s="0" t="str">
-        <x:v>        of which 30 Mbit/s and over and under 100 Mbit/s [4]</x:v>
-[...104 lines deleted...]
-        <x:v>0.000000000</x:v>
+        <x:v>        of which 10 Mbit/s and over and under 30 Mbit/s [3] [6]</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.885000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>11.273000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>15.757000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>22.411000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>35.602000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>67.125000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>92.349000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>121.707000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>147.535000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>173.686000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>197.106000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>223.364000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>250.602000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>278.187000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>296.006000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>339.759000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>367.932000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>405.640000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>417.789000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>438.843000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>467.547000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>461.337000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>465.851000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>467.759000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>466.730000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>462.567000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>460.606000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>466.530000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>469.982000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>464.721000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>467.178000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>475.169000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>394.830227055</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>374.855000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>338.315000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c s="0" t="str">
-        <x:v>            of which VDSL 30 Mbit/s and over and under 100 Mbit/s</x:v>
-[...95 lines deleted...]
-        <x:v>0.000000000</x:v>
+        <x:v>        of which 30 Mbit/s and over and under 100 Mbit/s [4]</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>9.945000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>12.963000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>18.337000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>25.799000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>36.174000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>52.689000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>68.303000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>83.530000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>97.462000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>108.571000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>117.410000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>128.087000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>134.186000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>140.919000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>145.279000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>165.491000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>172.669000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>175.033000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>173.883000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>167.703000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>147.671000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>124.093000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>101.928000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>81.014000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>59.851000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>41.179000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>20.360000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>5.229000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.710000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.955000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.678000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.972000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -3171,1067 +3231,1088 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c s="0" t="str">
-        <x:v> </x:v>
-[...2 lines deleted...]
-        <x:v/>
+        <x:v>            of which VDSL 30 Mbit/s and over and under 100 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>9.944000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>12.611000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>17.810000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>25.227000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>36.134000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>52.622000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>67.967000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>82.701000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>96.991000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>107.801000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>116.537000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>126.236000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>133.035000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>140.678000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>145.037000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>164.539000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>171.056000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>174.444000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>173.029000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>166.974000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>147.257000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>123.506000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>101.110000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>80.225000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>58.259000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>40.515000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c s="0" t="str">
-        <x:v>    of which via Cable television</x:v>
-[...146 lines deleted...]
-        <x:v>56.252000000</x:v>
+        <x:v>        of which under 100 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>13.491000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>24.127000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>37.780000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>52.909000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>73.995000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>110.284000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>173.803000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>231.107000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>293.143000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>355.519000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>427.465000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>482.742000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>555.180000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>623.906000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>697.903000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>771.587000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>869.449000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>958.852000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1047.072000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1118.197000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1167.504000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1227.546000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1302.074000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1339.709000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1383.854000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1437.190000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1469.592000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1515.160000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1546.678000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1591.478000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1633.016000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1666.134000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1706.744000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1737.394000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1745.040000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1716.268000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="30">
       <x:c s="0" t="str">
-        <x:v>        of which over 144 kbit/s and under 2 Mbit/s</x:v>
-[...146 lines deleted...]
-        <x:v>0.000000000</x:v>
+        <x:v> </x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="31">
       <x:c s="0" t="str">
-        <x:v>        of which 2 Mbit/s and over and under 10 Mbit/s</x:v>
-[...146 lines deleted...]
-        <x:v>0.000000000</x:v>
+        <x:v>    of which via Cable television</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>655.517000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>663.462000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>665.091000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>671.787000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>674.197000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>674.352000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>683.115000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>689.286000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>695.820000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>711.406000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>666.248000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>666.521000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>671.238000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>675.240000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>676.894000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>682.953000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>675.136000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>676.132000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>661.429000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>647.714000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>615.057000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>602.882000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>583.203000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>572.940000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>580.300000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>585.755000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>592.761000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>604.467000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>592.267000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>595.664000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>589.521000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>579.141000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>572.101000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>562.529000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>545.943000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>535.687000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>505.749000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>454.276000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>404.248000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>354.699000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>288.857000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>243.438000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>229.893000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>211.516000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>179.873000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>156.362000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>128.245000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>112.049000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>91.680000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>56.252000000</x:v>
       </x:c>
     </x:row>
     <x:row r="32">
       <x:c s="0" t="str">
-        <x:v>        of which 10 Mbit/s and over and under 30 Mbit/s [3]</x:v>
-[...104 lines deleted...]
-        <x:v>76.217000000</x:v>
+        <x:v>        of which over 144 kbit/s and under 2 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.007000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.011000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.011000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.013000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.030000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.018000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.021000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.043000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.044000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.088000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.120000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.345000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.367000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.526000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.567000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.686000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.722000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.936000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.017000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.362000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.609000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.683000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.847000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.760000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>30.739000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>36.048000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>56.408000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>87.174000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>93.184000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>104.230000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>111.760000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>129.820000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>128.149000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>170.558000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>148.843000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="33">
       <x:c s="0" t="str">
-        <x:v>        of which 30 Mbit/s and over and under 100 Mbit/s [4]</x:v>
-[...104 lines deleted...]
-        <x:v>0.000000000</x:v>
+        <x:v>        of which 2 Mbit/s and over and under 10 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.922000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.126000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.151000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.509000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.585000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.945000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.064000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.430000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.725000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.565000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.731000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.783000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.028000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.947000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>5.195000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>5.830000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.182000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.762000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>8.109000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>9.187000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>14.323000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>16.443000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>18.129000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>27.596000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>51.113000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>65.703000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>88.525000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>162.627000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>204.549000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>203.020000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>205.292000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>224.721000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>334.403000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>291.222000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>310.627000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="34">
       <x:c s="0" t="str">
-        <x:v>        of which 100 Mbps and above (and below 250 Mbps)</x:v>
-[...104 lines deleted...]
-        <x:v>0.000000000</x:v>
+        <x:v>        of which 10 Mbit/s and over and under 30 Mbit/s [3]</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.050000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.844000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.839000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.709000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>5.108000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.975000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>5.051000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>5.618000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>5.945000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>9.782000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>11.047000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>13.621000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>16.056000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>18.956000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>24.596000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>27.938000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>33.449000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>43.007000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>56.890000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>24.885000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>91.038000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>288.424000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>332.295000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>373.272000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>369.674000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>379.883000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>365.523000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>274.519000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>249.001000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>245.336000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>235.746000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>203.430000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>99.977000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>84.163000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>76.217000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c s="0" t="str">
-        <x:v>        of which 250 Mbps and above (and below 500 Mbps)</x:v>
-[...95 lines deleted...]
-        <x:v>0.000000000</x:v>
+        <x:v>        of which 30 Mbit/s and over and under 100 Mbit/s [4]</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>33.373000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>34.895000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>39.424000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>41.735000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>57.416000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>56.888000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>65.554000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>67.861000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>82.396000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>75.183000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>74.872000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>74.907000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>75.034000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>75.778000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>73.390000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>71.785000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>67.372000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>225.532000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>244.145000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>294.530000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>248.583000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>77.360000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>48.545000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>26.573000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>7.380000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.836000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.281000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.838000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.739000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>8.159000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>26.343000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>14.130000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -4243,260 +4324,266 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="36">
       <x:c s="0" t="str">
-        <x:v>        of which 500 Mbps and above</x:v>
-[...104 lines deleted...]
-        <x:v>0.000000000</x:v>
+        <x:v>        of which under 100 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>34.856000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>37.352000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>39.876000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>44.425000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>47.966000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>64.139000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>63.826000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>72.690000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>75.952000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>91.110000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>87.618000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>88.770000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>92.656000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>95.485000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>100.207000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>103.748000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>106.239000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>107.725000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>276.237000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>310.161000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>329.964000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>357.553000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>385.910000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>402.816000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>434.201000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>458.906000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>483.470000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>512.737000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>527.158000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>551.473000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>560.745000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>579.141000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>572.101000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>562.529000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>545.943000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>535.687000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="37">
       <x:c s="0" t="str">
-        <x:v>        of which 500 Mbps and above (and below 1000 Mbps)</x:v>
-[...56 lines deleted...]
-        <x:v>0.000000000</x:v>
+        <x:v>        of which 100 Mbps and above (and below 250 Mbps)</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>280.484000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>309.913000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>337.466000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>353.859000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>361.838000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>359.105000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>374.530000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>383.605000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>396.923000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>406.894000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>392.198000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>403.071000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>409.436000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>413.383000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>418.190000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>425.772000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>423.711000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>429.408000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>253.384000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>222.126000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -4547,108 +4634,111 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="38">
       <x:c s="0" t="str">
-        <x:v>        of which 1000 Mbit/s and over</x:v>
-[...56 lines deleted...]
-        <x:v>0.000000000</x:v>
+        <x:v>        of which 250 Mbps and above (and below 500 Mbps)</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>131.168000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>183.464000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>171.025000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>167.332000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>162.208000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>156.729000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>155.890000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>150.988000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>144.177000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>136.520000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>118.664000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>109.424000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>106.401000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>102.208000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>118.621000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>115.830000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>109.982000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>106.042000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>99.787000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>85.550000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -4699,141 +4789,144 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c s="0" t="str">
-        <x:v>        of which 100 Mbit/s and over</x:v>
-[...89 lines deleted...]
-        <x:v>28.776000000</x:v>
+        <x:v>        of which 500 Mbps and above</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>37.603000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>35.204000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>32.957000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>32.021000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>29.877000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -4851,1219 +4944,1243 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="40">
       <x:c s="0" t="str">
-        <x:v> </x:v>
-[...2 lines deleted...]
-        <x:v/>
+        <x:v>        of which 500 Mbps and above (and below 1000 Mbps)</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>89.387000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>105.875000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>94.897000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>93.154000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>91.487000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>85.792000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>81.028000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>75.244000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>72.750000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>72.036000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>66.997000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>64.803000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>62.471000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>64.058000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>39.876000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="41">
       <x:c s="0" t="str">
-        <x:v>    of which via Fiber and Fiber-LAN</x:v>
-[...134 lines deleted...]
-        <x:v>133.777000000</x:v>
+        <x:v>        of which 1000 Mbit/s and over</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>119.622000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>26.858000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>21.827000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>13.017000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>10.698000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>8.587000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>7.841000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.759000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.018000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.846000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.771000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.453000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.274000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.106000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="42">
       <x:c s="0" t="str">
-        <x:v>        of which over 144 kbit/s and under 2 Mbit/s</x:v>
-[...104 lines deleted...]
-        <x:v>14.116000000</x:v>
+        <x:v>        of which 100 Mbit/s and over</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>620.661000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>626.110000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>625.215000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>627.362000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>626.231000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>610.213000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>619.289000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>616.596000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>619.868000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>620.296000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>578.630000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>577.751000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>578.582000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>579.755000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>576.687000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>579.205000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>568.897000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>568.407000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>385.192000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>337.553000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>285.093000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>245.329000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>197.293000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>170.124000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>146.099000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>126.849000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>109.291000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>91.730000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>65.109000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>44.191000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>28.776000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="43">
       <x:c s="0" t="str">
-        <x:v>        of which 2 Mbit/s and over and under 10 Mbit/s</x:v>
-[...146 lines deleted...]
-        <x:v>0.000000000</x:v>
+        <x:v> </x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="44">
       <x:c s="0" t="str">
-        <x:v>        of which 10 Mbit/s and over and under 30 Mbit/s [3]</x:v>
-[...134 lines deleted...]
-        <x:v>0.000000000</x:v>
+        <x:v>    of which via Fiber and Fiber-LAN</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3602.109000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3600.104000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3571.855000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3556.937000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3515.456000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3459.137000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3363.824000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3319.116000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3172.078000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3097.780000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2994.718000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2875.200000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2743.245000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2628.697000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2510.254000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2387.872000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2177.260000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2029.056000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1827.753000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1705.211000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1539.161000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1441.821000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1304.499000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1223.399000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1103.391000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1034.281000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>952.804000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>890.934000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>851.014000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>793.615000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>724.682000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>687.403000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>631.441000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>589.787000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>511.748000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>509.113000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>451.880000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>389.569000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>347.615000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>302.191000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>273.436000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>241.089000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>215.311000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>194.782000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>167.184000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>133.777000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="45">
       <x:c s="0" t="str">
-        <x:v>        of which 30 Mbit/s and over and under 100 Mbit/s [4]</x:v>
-[...104 lines deleted...]
-        <x:v>0.000000000</x:v>
+        <x:v>        of which over 144 kbit/s and under 2 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.702000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.905000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.827000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.073000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.624000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.826000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>9.888000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.594000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>9.517000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.857000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.747000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.655000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.928000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>5.059000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.947000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.602000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.431000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.615000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.818000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.953000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>8.148000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>10.071000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>10.598000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>11.331000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>12.121000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>17.003000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>19.868000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>19.859000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>20.071000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>20.479000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>17.522000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>19.647000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>19.286000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>15.056000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>14.116000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="46">
       <x:c s="0" t="str">
-        <x:v>        of which 100 Mbit/s and over and under 1000 Mbit/s [10]</x:v>
-[...104 lines deleted...]
-        <x:v>0.000000000</x:v>
+        <x:v>        of which 2 Mbit/s and over and under 10 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>22.685000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>18.648000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>19.694000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>20.602000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>15.496000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>11.402000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>13.186000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>13.239000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>13.713000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>12.871000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>13.109000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>14.891000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>14.393000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>16.473000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>21.034000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>16.257000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>20.819000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>16.388000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>21.537000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>20.118000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>21.065000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>24.490000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>22.885000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>33.556000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>25.349000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>44.493000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>44.954000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>68.579000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>56.695000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>34.869000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>25.772000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>53.548000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>50.365000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>40.344000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>62.712000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="47">
       <x:c s="0" t="str">
-        <x:v>        of which 100 Mbps and above (and below 250 Mbps)</x:v>
-[...104 lines deleted...]
-        <x:v>0.000000000</x:v>
+        <x:v>        of which 10 Mbit/s and over and under 30 Mbit/s [3]</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>101.113000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>83.722000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>91.904000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>92.503000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>104.945000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>110.130000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>149.968000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>135.575000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>158.290000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>191.844000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>205.919000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>189.914000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>200.975000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>217.273000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>271.854000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>272.579000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>322.102000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>316.708000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>353.600000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>354.482000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>336.772000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>348.380000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>334.351000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>324.975000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>315.315000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>338.682000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>329.836000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>298.490000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>296.506000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>292.290000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>286.488000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>242.029000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>520.136000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>456.348000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>432.285000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="48">
       <x:c s="0" t="str">
-        <x:v>        of which 250 Mbps and above (and below 500 Mbps)</x:v>
-[...95 lines deleted...]
-        <x:v>0.000000000</x:v>
+        <x:v>        of which 30 Mbit/s and over and under 100 Mbit/s [4]</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>18.898000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>32.035000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>28.597000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>35.961000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>31.254000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>39.787000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>47.180000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>35.755000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>74.618000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>76.298000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>79.383000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>80.870000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>77.781000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>77.750000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>77.193000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>73.868000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>77.199000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>68.684000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>59.529000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>60.326000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>61.782000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>44.986000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>49.626000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>41.540000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>55.059000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>49.149000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>53.835000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>49.886000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>48.279000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>54.859000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>357.621000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>315.481000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -6075,293 +6192,299 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="49">
       <x:c s="0" t="str">
-        <x:v>        of which 500 Mbps and above (and below 1000 Mbps)</x:v>
-[...104 lines deleted...]
-        <x:v>0.000000000</x:v>
+        <x:v>        of which under 100 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>124.506000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>146.398000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>138.310000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>144.022000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>153.139000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>156.319000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>165.145000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>220.222000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>191.163000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>256.138000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>287.870000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>305.158000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>292.330000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>300.077000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>316.555000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>374.028000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>367.306000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>424.551000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>406.395000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>441.484000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>441.879000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>427.767000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>427.927000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>417.460000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>411.402000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>407.844000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>449.327000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>448.493000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>436.814000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>421.551000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>402.497000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>687.403000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>630.705000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>589.787000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>511.748000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>509.113000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="50">
       <x:c s="0" t="str">
-        <x:v>        of which 1000 Mbit/s and over</x:v>
-[...89 lines deleted...]
-        <x:v>0.000000000</x:v>
+        <x:v>        of which 100 Mbit/s and over and under 1000 Mbit/s [10]</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1077.632000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>995.771000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>862.656000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>791.930000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>690.976000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>625.455000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>503.477000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>442.441000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>414.200000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>372.064000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>322.185000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -6379,141 +6502,144 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="51">
       <x:c s="0" t="str">
-        <x:v>        of which 100 Mbit/s and over</x:v>
-[...89 lines deleted...]
-        <x:v>322.185000000</x:v>
+        <x:v>        of which 100 Mbps and above (and below 250 Mbps)</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1462.275000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1532.725000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1545.123000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1566.789000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1557.997000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1839.506000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1831.784000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1828.292000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1799.688000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1746.053000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1753.708000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1743.176000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1738.683000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1710.959000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1662.094000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1578.577000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1514.746000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1382.750000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1261.421000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1146.951000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -6531,1224 +6657,1395 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="52">
       <x:c s="0" t="str">
-        <x:v> </x:v>
-[...2 lines deleted...]
-        <x:v/>
+        <x:v>        of which 250 Mbps and above (and below 500 Mbps)</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1020.236000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1009.831000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1032.890000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1034.297000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1037.188000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>858.894000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>792.264000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>732.760000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>702.519000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>639.056000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>542.605000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>496.662000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>422.705000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>406.385000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>353.673000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>275.565000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>212.841000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>164.567000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>113.140000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>75.884000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="53">
       <x:c s="0" t="str">
-        <x:v>    of which fixed radio access</x:v>
-[...146 lines deleted...]
-        <x:v>0.211000000</x:v>
+        <x:v>        of which 500 Mbps and above (and below 1000 Mbps)</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>444.211000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>454.159000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>425.267000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>427.622000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>418.441000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>325.699000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>319.714000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>306.326000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>263.297000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>248.282000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>233.645000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>185.432000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>158.434000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>95.135000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>73.446000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>63.923000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>32.196000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>21.321000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>19.107000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>19.197000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="54">
       <x:c s="0" t="str">
-        <x:v>        of which over 144 kbit/s and under 2 Mbit/s</x:v>
-[...104 lines deleted...]
-        <x:v>2.765000000</x:v>
+        <x:v>        of which 1000 Mbit/s and over</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>550.881000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>456.991000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>430.265000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>384.207000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>348.691000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>278.719000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>254.917000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>231.516000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>215.411000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>208.251000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>176.890000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>144.772000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>131.093000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>116.141000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>104.486000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>95.779000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>50.171000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>35.867000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>27.517000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>21.695000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>19.650000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>18.283000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>13.916000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>14.009000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.013000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.982000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="55">
       <x:c s="0" t="str">
-        <x:v>        of which 2 Mbit/s and over and under 10 Mbit/s</x:v>
-[...104 lines deleted...]
-        <x:v>1.790000000</x:v>
+        <x:v>        of which 100 Mbit/s and over</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3477.603000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3453.706000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3433.545000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3412.915000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3362.317000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3302.818000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3198.679000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3098.894000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2980.915000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2841.642000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2706.848000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2570.042000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2450.915000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2328.620000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2193.699000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2013.844000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1809.954000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1604.505000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1421.185000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1263.727000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1097.282000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1014.054000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>876.572000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>805.939000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>691.989000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>626.437000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>503.477000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>442.441000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>414.200000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>372.064000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>322.185000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="56">
       <x:c s="0" t="str">
-        <x:v>        of which 10 Mbit/s and over and under 30 Mbit/s [3]</x:v>
-[...146 lines deleted...]
-        <x:v>0.000000000</x:v>
+        <x:v> </x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="57">
       <x:c s="0" t="str">
-        <x:v>        of which 30 Mbit/s and over and under 100 Mbit/s [4]</x:v>
-[...146 lines deleted...]
-        <x:v>0.000000000</x:v>
+        <x:v>    of which fixed radio access</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>8.365000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>9.733000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>8.217000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>8.288000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>7.685000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>7.735000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>8.011000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>7.632000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>7.719000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>7.738000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.172000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.687000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.673000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.685000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>9.789000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>5.568000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>7.724000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>7.760000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.600000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>5.772000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>5.369000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>5.050000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.643000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.986000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.656000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.294000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.217000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.720000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.870000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.830000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.482000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.445000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.742000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.693000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.018000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.672000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.129000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>5.234000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>7.590000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>8.570000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>8.487000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>7.181000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>8.418000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.219000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.331000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.909000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.008000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.414000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.610000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.211000000</x:v>
       </x:c>
     </x:row>
     <x:row r="58">
       <x:c s="0" t="str">
-        <x:v>        of which 100 Mbit/s and over</x:v>
-[...104 lines deleted...]
-        <x:v>0.000000000</x:v>
+        <x:v>        of which over 144 kbit/s and under 2 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.017000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.017000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.018000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.014000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.017000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.017000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.048000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.061000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.064000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.067000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.076000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.080000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.079000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.078000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.080000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.157000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.161000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.071000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.078000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.129000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.132000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.171000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.178000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.193000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.166000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.190000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.231000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.325000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.515000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.198000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.200000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.724000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.728000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.466000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.765000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="59">
       <x:c s="0" t="str">
-        <x:v> </x:v>
-[...2 lines deleted...]
-        <x:v/>
+        <x:v>        of which 2 Mbit/s and over and under 10 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.131000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.172000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.173000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.267000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.257000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.250000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.252000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.293000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.295000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.210000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.244000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.272000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.276000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.511000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.513000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.899000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.922000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.957000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.949000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.034000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.026000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.134000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.127000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.302000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.122000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.202000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.194000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.566000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.947000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.062000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.966000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.970000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.916000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.484000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.790000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="60">
       <x:c s="0" t="str">
-        <x:v>    of which via Satellite</x:v>
-[...146 lines deleted...]
-        <x:v>0.468000000</x:v>
+        <x:v>        of which 10 Mbit/s and over and under 30 Mbit/s [3]</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.351000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.440000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.489000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.552000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.469000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.662000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.656000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.786000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.974000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.907000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.117000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.327000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.219000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.975000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.981000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.636000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.643000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.539000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.243000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.013000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.196000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.508000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.240000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.944000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.904000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.636000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.239000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.828000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.353000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.215000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.272000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.048000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.049000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.068000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.117000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="61">
       <x:c s="0" t="str">
-        <x:v>        of which over 144 kbit/s and under 2 Mbit/s</x:v>
-[...92 lines deleted...]
-        <x:v>0.000000000</x:v>
+        <x:v>        of which 30 Mbit/s and over and under 100 Mbit/s [4]</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.513000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.430000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.434000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.525000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.525000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.780000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.780000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.875000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.202000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.479000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.836000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.851000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.857000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.052000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.799000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.065000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.049000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.938000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.884000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.914000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.521000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.719000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.375000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.205000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.099000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.076000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.055000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.151000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.015000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.007000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.007000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -7763,284 +8060,290 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="62">
       <x:c s="0" t="str">
-        <x:v>        of which 2 Mbit/s and over and under 10 Mbit/s</x:v>
-[...104 lines deleted...]
-        <x:v>0.000000000</x:v>
+        <x:v>        of which under 100 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.609000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.012000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.059000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.114000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.358000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.268000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.709000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.736000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.015000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.535000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.663000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.273000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.530000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.431000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>9.616000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>5.373000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.757000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.775000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>5.505000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>5.154000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>5.090000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.875000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.532000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.920000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.644000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.291000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.104000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.719000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.870000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.830000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.482000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.445000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.742000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.693000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.018000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.672000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="63">
       <x:c s="0" t="str">
-        <x:v>        of which 10 Mbit/s and over and under 30 Mbit/s [3]</x:v>
-[...80 lines deleted...]
-        <x:v>0.000000000</x:v>
+        <x:v>        of which 100 Mbit/s and over</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>5.756000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.721000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>5.158000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>5.174000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.327000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.467000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.302000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.896000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.704000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.203000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.509000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.414000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.143000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.254000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.173000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.195000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.967000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.985000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.095000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.618000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.279000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.175000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.111000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.066000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.012000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.003000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.113000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.001000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -8067,1067 +8370,1088 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="64">
       <x:c s="0" t="str">
-        <x:v>        of which 30 Mbit/s and over and under 100 Mbit/s [4]</x:v>
-[...146 lines deleted...]
-        <x:v>0.000000000</x:v>
+        <x:v> </x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="65">
       <x:c s="0" t="str">
-        <x:v>        of which 100 Mbit/s and over</x:v>
-[...146 lines deleted...]
-        <x:v>0.000000000</x:v>
+        <x:v>    of which via Satellite</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>5.797000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.964000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.697000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.579000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.183000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.761000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.176000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.176000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.150000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.150000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.140000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.200000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.224000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.264000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.223000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.223000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.264000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.266000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.350000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.350000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.350000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.350000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.102000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.102000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.246000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000200000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.038000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.005000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.002000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.014000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.630000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.704000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.909000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.039000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.054000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.775000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.829000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.690000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.545000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.095000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.042000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.306000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.468000000</x:v>
       </x:c>
     </x:row>
     <x:row r="66">
       <x:c s="0" t="str">
-        <x:v> </x:v>
-[...2 lines deleted...]
-        <x:v/>
+        <x:v>        of which over 144 kbit/s and under 2 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="67">
       <x:c s="0" t="str">
-        <x:v>    of which other fixed broadband access</x:v>
-[...146 lines deleted...]
-        <x:v>40.493000000</x:v>
+        <x:v>        of which 2 Mbit/s and over and under 10 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.044000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="68">
       <x:c s="0" t="str">
-        <x:v>        of which over 144 kbit/s and under 2 Mbit/s</x:v>
-[...41 lines deleted...]
-        <x:v>0.022000000</x:v>
+        <x:v>        of which 10 Mbit/s and over and under 30 Mbit/s [3]</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.040000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.140000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.180000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.014000000</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>0.022000000</x:v>
-[...56 lines deleted...]
-        <x:v>1.787000000</x:v>
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="69">
       <x:c s="0" t="str">
-        <x:v>        of which 2 Mbit/s and over and under 10 Mbit/s</x:v>
-[...104 lines deleted...]
-        <x:v>6.053000000</x:v>
+        <x:v>        of which 30 Mbit/s and over and under 100 Mbit/s [4]</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.055000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.070000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.322000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.097000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.097000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.130000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.130000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.150000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.150000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.200000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.250000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="70">
       <x:c s="0" t="str">
-        <x:v>        of which 10 Mbit/s and over and under 30 Mbit/s [3]</x:v>
-[...104 lines deleted...]
-        <x:v>6.718000000</x:v>
+        <x:v>        of which under 100 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.095000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.095000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.070000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.322000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.097000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.097000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.130000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.130000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.150000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.150000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.140000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.200000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.224000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.264000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="71">
       <x:c s="0" t="str">
-        <x:v>        of which 30 Mbit/s and over and under 100 Mbit/s [4]</x:v>
-[...95 lines deleted...]
-        <x:v>0.560000000</x:v>
+        <x:v>        of which 100 Mbit/s and over</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>5.702000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.869000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.627000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.257000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.086000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.664000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.046000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.046000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -9139,195 +9463,1136 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="72">
       <x:c s="0" t="str">
-        <x:v>        of which 100 Mbit/s and over</x:v>
-[...146 lines deleted...]
-        <x:v>0.000000000</x:v>
+        <x:v> </x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="73">
+      <x:c s="0" t="str">
+        <x:v>    of which other fixed broadband access</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.900000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.711000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.771000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.546000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.604000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.569000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.146000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.124000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.694000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.976000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.335000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>7.335000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.991000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>7.288000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>7.537000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.622000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.036000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.891000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>8.150000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>8.517000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>7.723000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>8.178000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>8.708000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>8.308000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>10.071000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>9.901000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>12.812000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>11.458000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>13.004000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>13.120000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>8.907000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>8.970100000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>9.761000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>9.227000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>12.737000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>14.558000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>18.056000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>17.224000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>10.200000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>10.476000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>10.708000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>7.885000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>8.823000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>9.894000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>10.079000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>9.292000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>127.203000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>98.578000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>57.404000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>40.493000000</x:v>
       </x:c>
     </x:row>
     <x:row r="74">
       <x:c s="0" t="str">
-        <x:v>Source: The Swedish Post and Telecom Authority, 13 August, 2025.
+        <x:v>        of which over 144 kbit/s and under 2 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.006000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.001000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.001000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.001000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.001000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.002000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.001000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.001000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.001000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.001000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.003000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.005000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.022000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.014000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.022000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.027000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.026000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.031000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.028000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.033000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.076000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.075000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.078000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.084000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.603000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.176000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.174000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.315000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.309000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.329000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.744000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.766000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.213000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.787000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75">
+      <x:c s="0" t="str">
+        <x:v>        of which 2 Mbit/s and over and under 10 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.128000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.207000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.247000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.298000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.387000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.398000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.428000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.522000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.608000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.613000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.834000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.080000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.915000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.986000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.202000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.234000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.548000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.873000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.058000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.249000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.488000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.730000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.899000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.384000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.573000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>5.068000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.797000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>5.276000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>5.784000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.897000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>5.176000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.267000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.291000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.766000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.053000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76">
+      <x:c s="0" t="str">
+        <x:v>        of which 10 Mbit/s and over and under 30 Mbit/s [3]</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.370000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.458000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.450000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.482000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.985000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.927000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.999000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.123000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.248000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.095000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.640000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.442000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.787000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.717000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.214000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.035000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.411000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.217000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.271000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.264000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.576000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.033000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.601000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.381000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.661000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.887000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.373000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>5.466000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>5.500000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.811000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.729000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.190000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.170000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.758000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.718000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77">
+      <x:c s="0" t="str">
+        <x:v>        of which 30 Mbit/s and over and under 100 Mbit/s [4]</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.095000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.088000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.093000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.094000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.132000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.139000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.147000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.557000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.670000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.762000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.860000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.159000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.222000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.227000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.149000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.139000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.152000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.604000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.564000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.437000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.425000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.752000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.873000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.240000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.783000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.306000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.114000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.411000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.101000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.881000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.768000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.560000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78">
+      <x:c s="0" t="str">
+        <x:v>        of which under 100 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.568000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.599000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.754000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.791000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.875000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.505000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.466000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.575000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.203000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.527000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.471000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.337000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.681000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.929000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.952000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.579000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.430000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.138000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>5.720000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>5.924000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>5.978000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.522000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>7.591000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>7.448000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>8.083000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>8.101000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>11.864000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>10.460000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>12.327000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>12.700000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>8.898000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>9.002000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>9.761000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>9.227000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>12.737000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>14.558000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79">
+      <x:c s="0" t="str">
+        <x:v>        of which 100 Mbit/s and over</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.332000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.112000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.017000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>5.755000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>5.729000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>5.064000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.680000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.549000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.491000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.449000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.864000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.998000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.310000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.359000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.585000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3.043000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.606000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.753000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.430000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.593000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.745000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.656000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.117000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.860000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.988000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.800000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.948000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.998000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.677000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.420000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.009000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81">
+      <x:c s="0" t="str">
+        <x:v>Source: The Swedish Post and Telecom Authority, 17 November, 2025.
 * See "content" or http://statistik.pts.se/start_en under Documents to find out which question the data is based on.
 The same tables are used for both the full-year and half-year versions of the Swedish Telecom market.
 That means that the half-year tables includes some tables without a new data.
 [1] Relates to xDSL, cabel-tv, fixed radio, mobil broadband, satellite, fiber and fiber-LAN and other broadband access.
 [2] Before first half year 2008 "of which via express card-type or USB-modem - total". 
 [3] Before 2009 the question was formulated "of which 10 Mbit/s and over". Subscriptions of more than 30 Mbit/s are therefor included in this sum up until 2008.
 [4] Before 2010 the question was formulated "of which 30 Mbit/s and over". Subscriptions of more than 100 Mbit/s are therefor included in this sum up until 2009.
 [5] Mobile broadband refers to subscriptions that include data, with or without voice.
 [6] For the years before 2011 the question was stated as "of which 10 Mbit/s and over and under 30 Mbit/s", ie the subscriptions that handle 24 Mbit/s and over and under 30Mbit/s are in this figure included for the years up until 2010.
 [7] The provided ranges refers to the theoretical speed of each subscription form.
 [8] Relates to xDSL, cabel-tv, fixed radio, satellite, fiber and fiber-LAN and other broadband access.
 [10]  For the years before 2012 the question was stated as "of which 100 Mbit/s and over", ie all the subscriptions that handle 100 Mbit/s and over are in this table included in this sum, for the years up until first half year 2012.</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>