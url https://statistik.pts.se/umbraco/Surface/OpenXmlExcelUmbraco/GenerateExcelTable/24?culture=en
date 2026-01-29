--- v0 (2025-10-14)
+++ v1 (2026-01-29)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ff5e9ac95954307" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd19a6edfce2740cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet7" sheetId="7" r:id="R66b72b3676914536"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet87" sheetId="87" r:id="R69d5d77f21b94ec4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="12"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="006100"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="14"/>
@@ -88,67 +88,70 @@
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="2" borderId="0" applyFill="1"/>
     <x:xf fontId="4" fillId="3" borderId="0" applyFill="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" indent="200"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
   </x:cellXfs>
   <x:xf numFmtId="3453" applyNumberFormat="1" applyFont="1"/>
   <x:col min="5" max="5" width="16" customWidth="1"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcbc516a15d804b21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb3563301d914653" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R66b72b3676914536" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R607f370049a24708" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59b0d9bbdd6949fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R69d5d77f21b94ec4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c s="3" t="str">
         <x:v>Table 24-Internet services - Number of subscriptions with broadband connection to Internet (thousands)*</x:v>
       </x:c>
       <x:c s="3" t="str">
+        <x:v>2025  half-year</x:v>
+      </x:c>
+      <x:c s="3" t="str">
         <x:v>2024  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2024  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2023  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2023  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2022  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2022  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2021  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2021  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2020  yearly</x:v>
@@ -262,50 +265,53 @@
         <x:v>2002  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2002  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2001  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2001  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2000  yearly</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c s="0" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c s="0" t="str">
         <x:v>Number of broadband subscriptions [1]</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>18560.063000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>18509.856000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>18370.871000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>18277.002000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>18268.333000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>18222.530000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>17798.803000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>17528.053000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>17358.324000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>17207.085000000</x:v>
@@ -414,50 +420,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>1046.307000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>814.579000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>652.579000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>453.577000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>272.864000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>123.627000000</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c s="0" t="str">
         <x:v>    Private</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>14298.689000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>14288.339000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14182.286000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14124.748000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14098.308000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14119.162000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13825.068000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13659.891000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13518.853000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13478.285000000</x:v>
@@ -566,50 +575,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>882.574000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>698.488000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>579.615000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>424.735000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>257.886000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>113.202000000</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c s="0" t="str">
         <x:v>    Business</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>4261.374000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>4221.517000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4188.585000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4152.254000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4170.025000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4103.368000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3973.735000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3868.162000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3839.471000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3728.800000000</x:v>
@@ -726,50 +738,53 @@
         <x:v>72.964000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>28.842000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14.978000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>10.425000000</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c s="0" t="str">
         <x:v>    of which via fixed broadband</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>4292.180000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>4308.102000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4292.411000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4298.047000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4279.120000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4258.839000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4235.075000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4253.442000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4175.604000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4179.575000000</x:v>
@@ -878,50 +893,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>846.388000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>723.879000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>595.385000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>453.577000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>272.864000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>123.627000000</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c s="0" t="str">
         <x:v>        Private</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>4127.632000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>4144.359000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4140.728000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4141.266000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4116.553000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4097.026000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4073.615000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4087.970000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4017.947000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4013.256000000</x:v>
@@ -1030,50 +1048,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>764.960000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>658.388000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>551.551000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>424.735000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>257.886000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>113.202000000</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c s="0" t="str">
         <x:v>        Business</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>164.548000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>163.743000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>151.683000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>156.781000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>162.567000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>161.813000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>161.460000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>165.472000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>157.657000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>166.319000000</x:v>
@@ -1190,50 +1211,53 @@
         <x:v>43.834000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>28.842000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14.978000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>10.425000000</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c s="0" t="str">
         <x:v>    of which fixed broadband subscriptions or mobile data-only subscriptions</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>5816.960000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>5795.813000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5734.820000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5726.138000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5759.959000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5777.233000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5736.897000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5696.770000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5669.233000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5662.894000000</x:v>
@@ -1342,50 +1366,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>846.388000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>723.879000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>595.385000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>453.577000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>272.864000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>123.627000000</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c s="0" t="str">
         <x:v>        Private</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>4996.686000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>4986.868000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4941.589000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4933.395000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4928.633000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4947.101000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4921.138000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4899.249000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4895.422000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4889.731000000</x:v>
@@ -1494,50 +1521,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>764.960000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>658.388000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>551.551000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>424.735000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>257.886000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>113.202000000</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c s="0" t="str">
         <x:v>        Business</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>820.274000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>808.945000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>793.231000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>792.743000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>831.326000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>830.132000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>815.759000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>797.521000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>773.811000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>773.163000000</x:v>
@@ -1654,50 +1684,53 @@
         <x:v>43.834000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>28.842000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14.978000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>10.425000000</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c s="0" t="str">
         <x:v>    of which via mobile broadband [6]</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>14267.883000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>14201.754000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14078.460000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13978.955000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13989.213000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13963.691000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13563.728000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13274.611000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13182.720000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13027.510000000</x:v>
@@ -1806,50 +1839,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>199.919000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>90.700000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>57.194000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c s="0" t="str">
         <x:v>        Private</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>10171.057000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>10143.980000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>10041.558000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9983.482000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9981.755000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>10022.136000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9751.453000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9571.921000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9500.906000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9465.029000000</x:v>
@@ -1958,50 +1994,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>117.614000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>40.100000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>28.064000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c s="0" t="str">
         <x:v>        Business</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>4096.826000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>4057.774000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4036.902000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3995.473000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4007.458000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3941.555000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3812.275000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3702.690000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3681.814000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3562.481000000</x:v>
@@ -2115,924 +2154,942 @@
         <x:v>50.600000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>29.130000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c s="0" t="str">
-        <x:v>Number of subscriptions with transmission capacity of 2 Mbit/s or more [2]</x:v>
-[...146 lines deleted...]
-        <x:v>0.000000000</x:v>
+        <x:v>Number of subscriptions with transmission capacity of less than 100 Mbit/s</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>176.125000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>211.583000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>219.849000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>245.583000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>279.430000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>335.612000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>408.079000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>529.460000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>566.626000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>709.979000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>809.227000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>884.480000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>947.601000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1027.092000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1127.456000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1258.538000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1353.445000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1502.307000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1741.378000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1881.270000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1950.765000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2024.613000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2128.136000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2171.455000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2241.184000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2315.332000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2417.357000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2489.569000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2526.093000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2580.032000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2608.638000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2945.093300000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2923.827000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2902.635000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2818.488000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2780.312000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2623.342000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2398.281000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2141.531000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1884.121000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1596.244000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1346.307000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1125.812000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1004.295000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>846.388000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>723.879000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>595.385000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>453.577000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>272.864000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>123.627000000</x:v>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c s="0" t="str">
         <x:v>    Private</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>4141.543000000</x:v>
-[...143 lines deleted...]
-        <x:v>0.000000000</x:v>
+        <x:v>144.586000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>179.047000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>185.491000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>205.826000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>230.181000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>272.703000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>351.248000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>463.228000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>494.776000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>627.448000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>718.286000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>783.266000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>836.851000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>906.306000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>995.312000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1122.868000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1207.381000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1347.926000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1578.010000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1714.088000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1789.168000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1860.315000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1955.643000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2000.112000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2069.048000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2134.079000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2233.784000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2304.957000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2332.227000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2391.975000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2412.223000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2747.431200000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2726.043000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2692.131000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2620.700000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2589.682000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2434.534000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2220.029000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1985.520000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1741.132000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1474.174000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1232.777000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1022.280000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>911.277000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>764.960000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>658.388000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>551.551000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>424.735000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>257.886000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>113.202000000</x:v>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c s="0" t="str">
         <x:v>    Business</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>162.814000000</x:v>
-[...143 lines deleted...]
-        <x:v>0.000000000</x:v>
+        <x:v>31.539000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>32.536000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>34.358000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>39.757000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>49.249000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>62.909000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>56.831000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>66.232000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>71.850000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>82.531000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>90.941000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>101.214000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>110.750000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>120.786000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>132.144000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>135.670000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>146.064000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>154.381000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>163.368000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>167.182000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>161.597000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>164.298000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>172.493000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>171.343000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>172.136000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>181.253000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>183.573000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>184.612000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>193.866000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>188.057000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>196.415000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>197.662100000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>197.784000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>210.504000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>197.788000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>190.630000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>188.808000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>178.252000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>156.011000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>142.989000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>122.070000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>113.530000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>103.532000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>93.018000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>81.428000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>65.491000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>43.834000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>28.842000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>14.978000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>10.425000000</x:v>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c s="0" t="str">
-        <x:v>Number of subscriptions with transmission capacity of 10 Mbit/s or more [3] [6]</x:v>
-[...104 lines deleted...]
-        <x:v>853.652000000</x:v>
+        <x:v>Number of subscriptions with transmission capacity of 100 Mbit/s or more [5]</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4116.055000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4096.519000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4072.562000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4052.464000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3999.690000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3923.227000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3826.996000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3723.982000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3608.978000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3469.596000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3291.851000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3154.209000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3035.951000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2914.996000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2775.153000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2596.299000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2382.439000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2176.666000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1809.913000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1604.500000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1384.421000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1261.239000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1075.121000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>977.255000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>840.114000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>755.089000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>613.829000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>535.170000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>479.986000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>416.675000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>350.970000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c s="0" t="str">
         <x:v>    Private</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>4116.297000000</x:v>
-[...101 lines deleted...]
-        <x:v>830.062000000</x:v>
+        <x:v>3983.046000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3965.312000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3955.237000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3935.440000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3886.372000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3824.323000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3722.367000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3624.742000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3523.171000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3385.808000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3211.315000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3078.963000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2959.456000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2842.389000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2707.617000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2530.052000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2331.864000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2129.539000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1776.396000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1573.506000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1364.104000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1242.708000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1056.797000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>962.004000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>829.295000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>745.825000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>605.185000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>526.495000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>473.327000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>411.842000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>347.989000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c s="0" t="str">
         <x:v>    Business</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>156.910000000</x:v>
-[...101 lines deleted...]
-        <x:v>23.590000000</x:v>
+        <x:v>133.009000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>131.207000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>117.325000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>117.024000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>113.318000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>98.904000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>104.629000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>99.240000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>85.807000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>83.788000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>80.536000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>75.246000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>76.495000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>72.607000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>67.536000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>66.247000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>50.575000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>47.127000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>33.517000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>30.994000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>20.317000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>18.531000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>18.324000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>15.251000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>10.819000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>9.264000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>8.644000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>8.675000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.659000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.833000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.981000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -3043,147 +3100,150 @@
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="30">
       <x:c s="0" t="str">
-        <x:v>Number of subscriptions with transmission capacity of 30 Mbit/s or more [4]</x:v>
-[...95 lines deleted...]
-        <x:v>333.143000000</x:v>
+        <x:v>Number of subscriptions with transmission capacity of 250 Mbit/s or more [5]</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2355.505000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2237.178000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2176.171000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2119.629000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2068.713000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1714.420000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1611.654000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1503.593000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1404.172000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1308.991000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1139.572000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1001.546000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>881.378000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>784.033000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>690.102000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>588.700000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>440.394000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>360.754000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>291.572000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>232.203000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>19.650000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>18.283000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>13.916000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>14.009000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.013000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.982000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -3198,144 +3258,147 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="31">
       <x:c s="0" t="str">
         <x:v>    Private</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>4018.739000000</x:v>
-[...92 lines deleted...]
-        <x:v>328.606000000</x:v>
+        <x:v>2308.263000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2191.324000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2130.274000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2081.614000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2032.734000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1686.697000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1578.795000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1473.047000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1380.038000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1286.778000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1120.626000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>983.735000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>863.826000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>767.839000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>675.804000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>576.091000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>430.748000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>353.418000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>285.713000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>227.900000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>19.184000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>17.738000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>13.574000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>13.633000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.699000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.644000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -3350,144 +3413,147 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="32">
       <x:c s="0" t="str">
         <x:v>    Business</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>141.659000000</x:v>
-[...92 lines deleted...]
-        <x:v>5.273000000</x:v>
+        <x:v>47.242000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>45.854000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>45.897000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>38.015000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>35.979000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>27.723000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>32.859000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>30.546000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>24.134000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>22.213000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>18.946000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>17.811000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>17.552000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>16.194000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>14.298000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>12.609000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>9.646000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>7.336000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>5.859000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.303000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.466000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.545000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.342000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.376000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.314000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.338000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -3507,141 +3573,144 @@
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="33">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="34">
       <x:c s="0" t="str">
-        <x:v>Number of subscriptions with transmission capacity of 100 Mbit/s or more [5]</x:v>
-[...89 lines deleted...]
-        <x:v>350.970000000</x:v>
+        <x:v>Number of subscriptions with transmission capacity of 500 Mbit/s or more [5]</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1204.101000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1043.883000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>972.256000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>918.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>869.317000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>698.797000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>663.500000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>619.845000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>557.476000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>533.415000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>478.303000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>395.460000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>352.272000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>275.440000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>217.808000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>197.305000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>117.571000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>90.145000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>78.645000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>70.769000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>19.650000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>18.283000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>13.916000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>14.009000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.013000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.982000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -3662,138 +3731,141 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c s="0" t="str">
         <x:v>    Private</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>3965.312000000</x:v>
-[...86 lines deleted...]
-        <x:v>347.989000000</x:v>
+        <x:v>1173.001000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1014.217000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>940.538000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>894.377000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>846.506000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>679.638000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>641.352000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>598.570000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>541.407000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>518.857000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>465.237000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>383.005000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>340.436000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>264.470000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>208.311000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>189.172000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>112.485000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>86.118000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>76.106000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>68.763000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>19.184000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>17.738000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>13.574000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>13.633000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.699000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.644000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -3814,138 +3886,141 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="36">
       <x:c s="0" t="str">
         <x:v>    Business</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>131.207000000</x:v>
-[...86 lines deleted...]
-        <x:v>2.981000000</x:v>
+        <x:v>31.100000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>29.666000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>31.718000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>23.623000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>22.811000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>19.159000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>22.148000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>21.275000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>16.069000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>14.558000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>13.066000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>12.455000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>11.836000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>10.970000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>9.497000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>8.133000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>5.086000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4.027000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.539000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.006000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.466000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.545000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.342000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.376000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.314000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.338000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -3971,108 +4046,111 @@
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="37">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="38">
       <x:c s="0" t="str">
-        <x:v>Number of subscriptions with transmission capacity of 250 Mbit/s or more [5]</x:v>
-[...56 lines deleted...]
-        <x:v>232.203000000</x:v>
+        <x:v>Number of subscriptions with transmission capacity of 1000 Mbit/s or more [5]</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>670.503000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>483.849000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>452.092000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>397.224000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>359.389000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>287.306000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>262.758000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>238.275000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>221.429000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>213.097000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>177.661000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>145.225000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>131.367000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>116.247000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>104.486000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>95.779000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>50.171000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>35.867000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>27.517000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>21.695000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>19.650000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>18.283000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13.916000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14.009000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1.013000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.982000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -4126,105 +4204,108 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c s="0" t="str">
         <x:v>    Private</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>2191.324000000</x:v>
-[...53 lines deleted...]
-        <x:v>227.900000000</x:v>
+        <x:v>646.525000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>462.339000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>426.456000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>378.735000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>341.415000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>272.378000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>247.147000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>223.145000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>211.024000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>203.761000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>169.388000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>137.283000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>123.305000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>109.613000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>98.075000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>90.715000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>47.400000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>33.730000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>26.694000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>21.081000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>19.184000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>17.738000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13.574000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13.633000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.699000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.644000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -4278,105 +4359,108 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="40">
       <x:c s="0" t="str">
         <x:v>    Business</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>45.854000000</x:v>
-[...53 lines deleted...]
-        <x:v>4.303000000</x:v>
+        <x:v>23.978000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>21.510000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>25.636000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>18.489000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>17.974000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>14.928000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>15.611000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>15.130000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>10.405000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>9.336000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>8.273000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>7.942000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>8.062000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.634000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>6.411000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>5.064000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.771000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2.137000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.823000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.614000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.466000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.545000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.342000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.376000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.314000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.338000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
@@ -4423,972 +4507,44 @@
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v/>
       </x:c>
     </x:row>
     <x:row r="42">
       <x:c s="0" t="str">
-        <x:v>Number of subscriptions with transmission capacity of 500 Mbit/s or more [5]</x:v>
-[...919 lines deleted...]
-        <x:v>Source: The Swedish Post and Telecom Authority, 13 August, 2025.
+        <x:v>Source: The Swedish Post and Telecom Authority, 17 November, 2025.
 * See "content" or http://statistik.pts.se/start_en under Documents to find out which question the data is based on.
 The same tables are used for both the full-year and half-year versions of the Swedish Telecom market.
 That means that the half-year tables includes some tables without a new data.
 [1] Relates to xDSL, cabel-tv, fixed radio, mobil broadband, satellite, fiber and fiber-LAN and other broadband access.
 [2] At least 2 Mbit/s downstream. NOTE: The definition for 2003 and earlier was at least 2 Mbit/s both upstream and downstream.
 [3] At least 10 Mbit/s downstream. NOTE: The definition for 2003 and earlier was at least 10 Mbit/s both upstream and downstream.
 [4] At least 30 Mbit/s downstream.
 [5] At least 100 Mbit/s downstream.
 [6] Mobile broadband refers to data-only subscriptions and mobile data and voice subscriptions.</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>