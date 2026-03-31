--- v1 (2026-01-29)
+++ v2 (2026-03-31)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd19a6edfce2740cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b53f12d2e47457a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet87" sheetId="87" r:id="R69d5d77f21b94ec4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet74" sheetId="74" r:id="R30136c9e42694e69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="12"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="006100"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="14"/>
@@ -88,51 +88,51 @@
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="2" borderId="0" applyFill="1"/>
     <x:xf fontId="4" fillId="3" borderId="0" applyFill="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" indent="200"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
   </x:cellXfs>
   <x:xf numFmtId="3453" applyNumberFormat="1" applyFont="1"/>
   <x:col min="5" max="5" width="16" customWidth="1"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R607f370049a24708" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59b0d9bbdd6949fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R69d5d77f21b94ec4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R001bdc7eb5d24ae4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6aa875c4ed5d418b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R30136c9e42694e69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c s="3" t="str">
         <x:v>Table 24-Internet services - Number of subscriptions with broadband connection to Internet (thousands)*</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2025  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2024  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2024  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">