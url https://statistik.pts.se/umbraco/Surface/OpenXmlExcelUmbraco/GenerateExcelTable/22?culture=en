--- v0 (2025-11-04)
+++ v1 (2025-12-13)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f86be3a967f49af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R143ffd71714e495c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet87" sheetId="87" r:id="Rbffd723f744d471d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet37" sheetId="37" r:id="R4dd1548f388f4ebd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="12"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="006100"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="14"/>
@@ -88,67 +88,70 @@
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="2" borderId="0" applyFill="1"/>
     <x:xf fontId="4" fillId="3" borderId="0" applyFill="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" indent="200"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
   </x:cellXfs>
   <x:xf numFmtId="3453" applyNumberFormat="1" applyFont="1"/>
   <x:col min="5" max="5" width="16" customWidth="1"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6a85817e34434832" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b15c1e3bc754b11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rbffd723f744d471d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5d3bd782ad3941bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb21318e634054162" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R4dd1548f388f4ebd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c s="3" t="str">
         <x:v>Table 22-Data communications services to wholesale customers ? Revenues (SEKm) from digital high-quality access[1] to wholesale customers [2] in Sweden*</x:v>
       </x:c>
       <x:c s="3" t="str">
+        <x:v>2025  half-year</x:v>
+      </x:c>
+      <x:c s="3" t="str">
         <x:v>2024  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2024  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2023  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2023  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2022  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2022  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2021  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2021  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2020  yearly</x:v>
@@ -262,50 +265,53 @@
         <x:v>2002  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2002  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2001  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2001  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2000  yearly</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c s="0" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c s="0" t="str">
         <x:v>Total revenues from digital high-quality access to wholesale customers</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>772.272000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>895.220800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>830.748000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>974.739600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>966.866100000</x:v>
@@ -414,50 +420,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c s="0" t="str">
         <x:v>    Internal sales [4]</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>68.389000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>81.687000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>97.790000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>79.737000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>66.274000000</x:v>
@@ -566,50 +575,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c s="0" t="str">
         <x:v>    External sales [5]</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>703.883000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>813.533800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>732.958000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>894.862600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>900.592100000</x:v>
@@ -732,50 +744,53 @@
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c s="0" t="str">
         <x:v>    of which revenues from TDM-based capacity connections (SDH/PDH)</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>33.018200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>39.773000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>55.562000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>61.785000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>90.154000000</x:v>
@@ -884,50 +899,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c s="0" t="str">
         <x:v>        Internal sales [4]</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>0.070000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.098000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.065000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1.107000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1.646000000</x:v>
@@ -1036,50 +1054,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c s="0" t="str">
         <x:v>        External sales [5]</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>32.948200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>39.675000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>55.497000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>60.678000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>88.508000000</x:v>
@@ -1196,50 +1217,53 @@
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c s="0" t="str">
         <x:v>    of which revenues from Ethernet-based[3] capacity connections</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>802.571600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>715.573000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>849.361000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>842.110000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>797.161000000</x:v>
@@ -1348,50 +1372,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c s="0" t="str">
         <x:v>        Internal sales [4]</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>79.286000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>84.217000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>77.784000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>64.154000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>135.535000000</x:v>
@@ -1500,50 +1527,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c s="0" t="str">
         <x:v>        External sales [5]</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>723.285600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>631.356000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>771.577000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>777.956000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>661.626000000</x:v>
@@ -1660,50 +1690,53 @@
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c s="0" t="str">
         <x:v>    of which revenues from other digital high-quality accesses</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>59.631000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>75.402000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>69.816600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>62.971100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>91.301600000</x:v>
@@ -1812,50 +1845,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c s="0" t="str">
         <x:v>        Internal sales [4]</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>2.331000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13.475000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1.888000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1.013000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5.458000000</x:v>
@@ -1964,50 +2000,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c s="0" t="str">
         <x:v>        External sales [5]</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>57.300000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>61.927000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>67.788600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>61.958100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>85.843600000</x:v>
@@ -2107,47 +2146,47 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c s="0" t="str">
-        <x:v>Source: The Swedish Post and Telecom Authority, 13 August, 2025.
+        <x:v>Source: The Swedish Post and Telecom Authority, 17 November, 2025.
 * See "content" or http://statistik.pts.se/start_en under Documents to find out which question the data is based on.
 The same tables are used for both the full-year and half-year versions of the Swedish Telecom market.
 That means that the half-year tables includes some tables without a new data.
 [1] Wholesale high-quality access includes digital leased lines with both dedicated and none-dedicated capacity, with or without quality of service (QoS). A wholesale high-quality access is a connection provided between a fixed
 network accesspoint at the business customers site and a delivery point where the wholesale customer/operator can take over the transmission and pass it further in its own network. High-quality access
 are digital leased lines typically  with specific requirements regarding quality, availability and/or service levels. High-quality access is often used by business customers to connect their multiple sites
 and for more high-quality internet, telephony and virtual private network connections very often delivered to this customer segment.
 The questions about revenues from high quality access to wholesale customers and  revenues from network services to business customers have been changed in 2019.
 Services used for private consumers? internet connections (communications operator services) should not be included.
 Revenues for 2018 have not been revised.
 [2] Revenue from sales of high-quality access to wholesale customers produced either with own passive infrastructure or with leased passive infrastructure.
 Revenue from sales of high-quality access to retail customers should not be included. Neither should revenue from sales of high-quality access to the own
 retail business be included.
 [3] Refers to providing high-quality access with none-dedicated capacity, with or without quality of service (QoS)
 [4] Refers to revenues from selling high-quality access to the own business. If group internal sales are not separately reported, the value of revenue should be estimated.
 [5] Revenue from sales of high-quality access to external operators. </x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>