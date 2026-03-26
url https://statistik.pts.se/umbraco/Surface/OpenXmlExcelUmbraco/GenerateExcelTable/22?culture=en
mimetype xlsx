--- v1 (2025-12-13)
+++ v2 (2026-03-26)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R143ffd71714e495c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab9c1c521c5a462c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet37" sheetId="37" r:id="R4dd1548f388f4ebd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet5" sheetId="5" r:id="R16b2879ebfd34e2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="12"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="006100"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="14"/>
@@ -88,51 +88,51 @@
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="2" borderId="0" applyFill="1"/>
     <x:xf fontId="4" fillId="3" borderId="0" applyFill="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" indent="200"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
   </x:cellXfs>
   <x:xf numFmtId="3453" applyNumberFormat="1" applyFont="1"/>
   <x:col min="5" max="5" width="16" customWidth="1"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5d3bd782ad3941bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb21318e634054162" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R4dd1548f388f4ebd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf5b1d2993db94c94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ff1da1c9ae4474e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R16b2879ebfd34e2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c s="3" t="str">
         <x:v>Table 22-Data communications services to wholesale customers ? Revenues (SEKm) from digital high-quality access[1] to wholesale customers [2] in Sweden*</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2025  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2024  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2024  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">