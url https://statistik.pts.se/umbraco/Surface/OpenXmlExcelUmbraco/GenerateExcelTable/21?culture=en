--- v0 (2026-01-29)
+++ v1 (2026-03-31)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R957922fcb44c482f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb13de35c8dda4dde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet34" sheetId="34" r:id="Rd850590e6a2645c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet38" sheetId="38" r:id="R90b032a585fd4b9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="12"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="006100"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="14"/>
@@ -88,51 +88,51 @@
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="2" borderId="0" applyFill="1"/>
     <x:xf fontId="4" fillId="3" borderId="0" applyFill="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" indent="200"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
   </x:cellXfs>
   <x:xf numFmtId="3453" applyNumberFormat="1" applyFont="1"/>
   <x:col min="5" max="5" width="16" customWidth="1"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4aab9832e79d4e82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63a4e96194644d23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rd850590e6a2645c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R75334fb916c84d51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5c66105b56a44cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R90b032a585fd4b9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c s="3" t="str">
         <x:v>Table 21-Dark fibre and wave length connections for end-user and wholesale customers ? Revenues (SEKm)*</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2025  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2024  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2024  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">