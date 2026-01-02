--- v0 (2025-11-03)
+++ v1 (2026-01-02)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde21bf5b64bd4483" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21550ca64b9e4989" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet38" sheetId="38" r:id="R46abf8cdf3704cb0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet26" sheetId="26" r:id="R49c55b88a6634010"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="12"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="006100"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="14"/>
@@ -88,67 +88,70 @@
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="2" borderId="0" applyFill="1"/>
     <x:xf fontId="4" fillId="3" borderId="0" applyFill="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" indent="200"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
   </x:cellXfs>
   <x:xf numFmtId="3453" applyNumberFormat="1" applyFont="1"/>
   <x:col min="5" max="5" width="16" customWidth="1"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R962a271d1fff423e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd87d11d48284964" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R46abf8cdf3704cb0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0caedf5337b94851" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28c23122bab94326" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R49c55b88a6634010" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c s="3" t="str">
         <x:v>Tabell 20-Datakommunikationstjänster till slutkund [1]  -  Intäkter från nationella datakommunikationstjänster (miljoner kronor)*</x:v>
       </x:c>
       <x:c s="3" t="str">
+        <x:v>2025  1.halvår</x:v>
+      </x:c>
+      <x:c s="3" t="str">
         <x:v>2024  helår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2024  1.halvår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2023  helår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2023  1.halvår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2022  helår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2022  1.halvår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2021  helår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2021  1.halvår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2020  helår</x:v>
@@ -268,50 +271,53 @@
         <x:v>2001  helår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2001  1.halvår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2000  helår</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c s="0" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c s="0" t="str">
         <x:v>IP-VPN [3]</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>2030.383500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2098.538600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2168.409000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2411.473000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2737.305600000</x:v>
@@ -428,50 +434,53 @@
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c s="0" t="str">
         <x:v>Kapacitetstjänst [4]</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>571.244100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>593.858600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>556.506000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>584.935500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>467.760000000</x:v>
@@ -580,50 +589,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>1086.780250000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2001.168000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c s="0" t="str">
         <x:v>    varav analoga</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>10.049000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13.480000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>15.603000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>18.844000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>23.640000000</x:v>
@@ -732,50 +744,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c s="0" t="str">
         <x:v>    varav digitala</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>561.195100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>580.378600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>540.903000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>566.091500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>444.120000000</x:v>
@@ -884,50 +899,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.575000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c s="0" t="str">
         <x:v>        därav TDM-baserade kapacitetstjänster (SDH/PDH) till slutkund</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>49.845000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>35.056100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>35.414000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>34.025000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>30.083000000</x:v>
@@ -1036,50 +1054,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c s="0" t="str">
         <x:v>        därav ethernet-baserade kapacitetstjänster till slutkund</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>511.350100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>545.322500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>505.489000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>532.066500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>414.037000000</x:v>
@@ -1190,50 +1211,53 @@
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c s="0" t="str">
         <x:v>Totala intäkter för datakommunikationstjänster till slutkund [7]</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>2704.444400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2601.627600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2692.397200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2724.915000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2996.408500000</x:v>
@@ -1339,47 +1363,47 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>2888.748000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1462.341000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2592.640400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1306.147250000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2209.348500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c s="0" t="str">
-        <x:v>Källa: Post- och telestyrelsen, 13 augusti 2025.
+        <x:v>Källa: Post- och telestyrelsen, 17 november 2025.
 * Se "Innehåll" eller www.statistik.pts.se under Dokument för att få reda på vilken fråga statistiken kommer ifrån. För datainsamlingen Svensk telemarknad första
 halvåret används samma tabeller som för helåret för att göra det lättare att hitta värden. Det innebär att på halvåret innehåller några tabeller inte något nytt värde
 för första halvåret och i vissa tabeller har några rader inte nytt värde.
 [1] Avser slutkundsmarknaden (retail), dvs. försäljningen sker till slutanvändare 
 Grossistförsäljning (wholesale), dvs. försäljning som sker till operatörer (avser både operatörer inom en koncern och externa operatörer) för vidareförsäljning
 -eller förädling - är inte medtagen. Tjänster som  säljs till egen verksamhet för eget bruk (dvs. då den egna verksamheten är slutkund), är medtagen.
 [3] Med IP-VPN avses följande standarder: IPsec VPN, IP MPLS VPN och IP SSL VPN. I intäkterna ingår kostnader för hyrda förbindelser, när dessa används i IP-VPN-tjänsten.
 [4] Tidigare 'förbindelsekapacitet'. Avser tillhandahållande av TDM-, PHD- och SDH baserade hyrda förbindelser, samt Ethernet-baserade hyrda förbindelser
 baserade på SHDSL- eller fiberaccess mellan fasta nätanslutningspunkter som en separat tjänst. Här ingår även analoga kapacitetstjänster.
 I kapacitetstjänst exkluderas därmed intäkter som erhålls från kapacitetstjänst då dessa ingår i IP-VPN-tjänster eller andra mer förädlade tjänster.
 I Svensk telekommarknad 2019 har frågorna om kapacitetstjänster till slutkund och operatör förtydligats, viket lett till att vissa typer av intäkter, som tidigare kan ha
 ingått i statistiken, nu är exkluderade. Intäkterna från kapacitetstjänster till slutkund 2018 har korrigerats retroaktivt för att öka jämförbarheten.
 I kapacitetstjänst exkluderas därmed intäkter som erhålls från kapacitetstjänst då dessa ingår i IP-VPN-tjänster eller andra mer förädlade tjänster.
 [5] Med våglängd avses att det optiska ljuset i en fiber delas in  i våglängder så att varje våglängd fungerar som en kanal
 [6] Intäkterna från svartfiberförbindelser för Stokab har skattats av PTS för 2012 och antas vara på samma nivå som 2011.
 [7] Här ingår intäkter från IP-VPN och kapacitetstjänster (TDM-, PHD- och SDH- baserade, Ethernet-baserade och analoga kapacitetstjänster till slutkund)</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>