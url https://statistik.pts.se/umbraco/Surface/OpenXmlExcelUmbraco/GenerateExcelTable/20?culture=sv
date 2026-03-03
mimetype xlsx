--- v1 (2026-01-02)
+++ v2 (2026-03-03)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21550ca64b9e4989" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3680dc447af4a87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet26" sheetId="26" r:id="R49c55b88a6634010"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet25" sheetId="25" r:id="R2e7766f3d7e5407f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="12"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="006100"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="14"/>
@@ -88,51 +88,51 @@
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="2" borderId="0" applyFill="1"/>
     <x:xf fontId="4" fillId="3" borderId="0" applyFill="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" indent="200"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
   </x:cellXfs>
   <x:xf numFmtId="3453" applyNumberFormat="1" applyFont="1"/>
   <x:col min="5" max="5" width="16" customWidth="1"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0caedf5337b94851" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28c23122bab94326" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R49c55b88a6634010" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R25526377aef246f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18647ea28d65434a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R2e7766f3d7e5407f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c s="3" t="str">
         <x:v>Tabell 20-Datakommunikationstjänster till slutkund [1]  -  Intäkter från nationella datakommunikationstjänster (miljoner kronor)*</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2025  1.halvår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2024  helår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2024  1.halvår</x:v>
       </x:c>
       <x:c s="3" t="str">