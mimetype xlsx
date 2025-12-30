--- v0 (2025-10-29)
+++ v1 (2025-12-30)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34cc2bf01fde48aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36a79817c753457e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet38" sheetId="38" r:id="Rcc5902daf447448b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet80" sheetId="80" r:id="R995939811bed4c11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="12"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="006100"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="14"/>
@@ -88,67 +88,70 @@
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="2" borderId="0" applyFill="1"/>
     <x:xf fontId="4" fillId="3" borderId="0" applyFill="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" indent="200"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
   </x:cellXfs>
   <x:xf numFmtId="3453" applyNumberFormat="1" applyFont="1"/>
   <x:col min="5" max="5" width="16" customWidth="1"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1f506e1243b942b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfaf9fd2a5884328" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rcc5902daf447448b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1d25efeba1104b93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2dfe14efdad4f5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R995939811bed4c11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c s="3" t="str">
         <x:v>Table 20-Data communications services to end-user [1] -  revenues from national data communications services (SEKm)*</x:v>
       </x:c>
       <x:c s="3" t="str">
+        <x:v>2025  half-year</x:v>
+      </x:c>
+      <x:c s="3" t="str">
         <x:v>2024  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2024  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2023  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2023  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2022  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2022  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2021  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2021  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2020  yearly</x:v>
@@ -268,50 +271,53 @@
         <x:v>2001  yearly</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2001  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2000  yearly</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c s="0" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c s="0" t="str">
         <x:v>IP-VPN [3]</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>2030.383500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2098.538600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2168.409000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2411.473000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2737.305600000</x:v>
@@ -428,50 +434,53 @@
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c s="0" t="str">
         <x:v>Capacity connections [4]</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>571.244100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>593.858600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>556.506000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>584.935500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>467.760000000</x:v>
@@ -580,50 +589,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>1086.780250000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2001.168000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c s="0" t="str">
         <x:v>    of which analogue</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>10.049000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13.480000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>15.603000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>18.844000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>23.640000000</x:v>
@@ -732,50 +744,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c s="0" t="str">
         <x:v>    of which digital</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>561.195100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>580.378600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>540.903000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>566.091500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>444.120000000</x:v>
@@ -884,50 +899,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.575000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c s="0" t="str">
         <x:v>        of which TDM-based capacity connections (SDH/PDH) to end-user</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>49.845000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>35.056100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>35.414000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>34.025000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>30.083000000</x:v>
@@ -1036,50 +1054,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c s="0" t="str">
         <x:v>        of which Ethernet-based capacity connections to end-user</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>511.350100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>545.322500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>505.489000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>532.066500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>414.037000000</x:v>
@@ -1190,50 +1211,53 @@
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c s="0" t="str">
         <x:v>Total revenues for data communications services to end-user [7]</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>2704.444400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2601.627600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2692.397200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2724.915000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2996.408500000</x:v>
@@ -1339,47 +1363,47 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>2888.748000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1462.341000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2592.640400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1306.147250000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2209.348500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c s="0" t="str">
-        <x:v>Source: The Swedish Post and Telecom Authority, 13 August, 2025.
+        <x:v>Source: The Swedish Post and Telecom Authority, 17 November, 2025.
 * See "content" or http://statistik.pts.se/start_en under Documents to find out which question the data is based on.
 The same tables are used for both the full-year and half-year versions of the Swedish Telecom market.
 That means that the half-year tables includes some tables without a new data.
 [1] Relates to the retail market, i.e. sales made to end-users.
 Wholesale sales, i.e. sales made to operators (relates to both operators within a group and external operators) for onward sales 
 - or further refinement - are not included. Sales to own business for use within the business (ie, when the own operations, is end-user), is included.
 [3] IP-VPN includes the following standards: IPsec VPN, IP MPLS VPN och IP SSL VPN. In the revenues are costs for leased lines included,  when used in the IP-VPN service.
 [4] Earlier ' line capacity'.Relates to the provision of TDM-, PDH- och SDH-based leased connections, and Ethernet- based leased connections, based on SHDSL- or fibreaccess 
 between fixed network connections as a separate service. This also includes analogue capacity connections.
 Revenues obtained from Frame Relay and other more refined services are consequently excluded from connection capacity, and also revenues from this capacity when these are included as part of IP-VPN services. 
 The questions about revenues from high quality access to wholesale customers and  revenues from network services to business customers have been changed in 2019.
 Services used for private consumers? internet connections (communications operator services) should not be included.
 Revenues obtained from Frame Relay and other more refined services are consequently excluded from connection capacity, and also revenues from this capacity when these are included as part of IP-VPN services. 
 [5]  'Wavelength' refers to the fact that the optical light in a fibre is divided into wavelengths so that each wavelength functions as a channel.
 [6] Revenues from dark fiber connections for Stokab have been estimated by PTS for 2012 and are assumed to be at the same level as 2011.
 [7] Includes revenues from IP-VPN and high-quality accesses (TDM, PHD, SDH-based, Ethernet-based and analogue high-quality access to end-user). </x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>