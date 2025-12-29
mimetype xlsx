--- v0 (2025-10-26)
+++ v1 (2025-12-29)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3c3951bd4954335" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7f5d70fb68c491d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet65" sheetId="65" r:id="R033fe97f6ec04ea8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet8" sheetId="8" r:id="R0aa74ff455504485"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="12"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="006100"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="14"/>
@@ -88,1261 +88,1261 @@
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="2" borderId="0" applyFill="1"/>
     <x:xf fontId="4" fillId="3" borderId="0" applyFill="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" indent="200"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
   </x:cellXfs>
   <x:xf numFmtId="3453" applyNumberFormat="1" applyFont="1"/>
   <x:col min="5" max="5" width="16" customWidth="1"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R44d55d23acd94dc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd042cbaab6174b5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R033fe97f6ec04ea8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R83bbdd3c9bd44da4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ead2a4e1fa343ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R0aa74ff455504485" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c s="3" t="str">
         <x:v>Table 1-Key data - the market for electronic communications [8]*</x:v>
       </x:c>
       <x:c s="3" t="str">
-        <x:v>2024  yearly</x:v>
+        <x:v>2025  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
-        <x:v>2023  yearly</x:v>
+        <x:v>2024  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v> Förändring  yearly</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c s="0" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c s="0" t="str">
         <x:v>Electronic communication</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c s="0" t="str">
         <x:v>Total retail revenues [6]</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>52020.064300000</x:v>
-[...5 lines deleted...]
-        <x:v>0.022598000</x:v>
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c s="0" t="str">
         <x:v>Revenues per month from one average household (excluding VAT) [7]</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>627.728308838</x:v>
-[...5 lines deleted...]
-        <x:v>0.028231000</x:v>
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c s="0" t="str">
         <x:v>Mobile subscriptions</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c s="0" t="str">
         <x:v>Mobile voice and data - total [2] (thousands)</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>14922.634000000</x:v>
-[...5 lines deleted...]
-        <x:v>0.013690000</x:v>
+        <x:v>14956.936000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>14796.165000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.010865000</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c s="0" t="str">
         <x:v>    Private</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>10539.672000000</x:v>
-[...5 lines deleted...]
-        <x:v>0.012281000</x:v>
+        <x:v>10545.267000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>10446.165000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.009486000</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c s="0" t="str">
         <x:v>    Business</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>4382.962000000</x:v>
-[...5 lines deleted...]
-        <x:v>0.017093000</x:v>
+        <x:v>4411.669000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4350.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.014176000</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c s="0" t="str">
         <x:v>    of which subscriptions which have used 4G (LTE )</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>13475.587000000</x:v>
-[...5 lines deleted...]
-        <x:v>0.008899000</x:v>
+        <x:v>13609.058000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>13574.030000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.002580000</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c s="0" t="str">
         <x:v>    of which subscriptions which have used NR networks (5G)</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>6414.935000000</x:v>
-[...5 lines deleted...]
-        <x:v>0.524388000</x:v>
+        <x:v>8053.897000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>5293.402000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.521497000</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c s="0" t="str">
         <x:v>    of which data-only subscriptions</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>1487.711000000</x:v>
-[...5 lines deleted...]
-        <x:v>0.041748000</x:v>
+        <x:v>1524.780000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1442.409000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.057106000</x:v>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c s="0" t="str">
         <x:v>    of which data and voice subscriptions [3]</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>12714.043000000</x:v>
-[...5 lines deleted...]
-        <x:v>0.013001000</x:v>
+        <x:v>12743.103000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>12636.051000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.008471000</x:v>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c s="0" t="str">
         <x:v>    of which voice only</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>720.880000000</x:v>
-[...5 lines deleted...]
-        <x:v>-0.028649000</x:v>
+        <x:v>689.053000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>717.705000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>-0.039921000</x:v>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c s="0" t="str">
         <x:v>  </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c s="0" t="str">
         <x:v>Outgoing traffic minutes (millions)</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>35367.469400000</x:v>
-[...5 lines deleted...]
-        <x:v>-0.049691000</x:v>
+        <x:v>17299.281100000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>18329.230000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>-0.056191000</x:v>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c s="0" t="str">
         <x:v>    of which GSM-networks</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>1042.753000000</x:v>
-[...5 lines deleted...]
-        <x:v>-0.340748000</x:v>
+        <x:v>345.231000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>573.511000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>-0.398039000</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c s="0" t="str">
         <x:v>    of which UMTS-networks</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>1574.416300000</x:v>
-[...5 lines deleted...]
-        <x:v>-0.391260000</x:v>
+        <x:v>475.907400000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1113.005000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>-0.572412000</x:v>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c s="0" t="str">
         <x:v>    of which LTE-networks (VoLTE)</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>32393.074200000</x:v>
-[...5 lines deleted...]
-        <x:v>-0.009440000</x:v>
+        <x:v>16315.534700000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>16473.141000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>-0.009567000</x:v>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c s="0" t="str">
         <x:v>    of which 5G/NR networks</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="30">
       <x:c s="0" t="str">
         <x:v>    of which unknown</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>357.225900000</x:v>
-[...5 lines deleted...]
-        <x:v>0.029608000</x:v>
+        <x:v>162.608000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>169.573000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>-0.041073000</x:v>
       </x:c>
     </x:row>
     <x:row r="31">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="32">
       <x:c s="0" t="str">
         <x:v>Number of SMS sent (millions) </x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>7394.378100000</x:v>
-[...5 lines deleted...]
-        <x:v>-0.032128000</x:v>
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="33">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="34">
       <x:c s="0" t="str">
         <x:v>Number of MMS sent (millions)</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>564.948200000</x:v>
-[...5 lines deleted...]
-        <x:v>-0.011912000</x:v>
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="36">
       <x:c s="0" t="str">
         <x:v>Traffic for mobile data services (Tbyte)</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>4748562.517000000</x:v>
-[...5 lines deleted...]
-        <x:v>0.303832000</x:v>
+        <x:v>2490224.734000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>2075172.325000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.200008000</x:v>
       </x:c>
     </x:row>
     <x:row r="37">
       <x:c s="0" t="str">
         <x:v>    of which traffic in 4G network</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>3562522.976000000</x:v>
-[...5 lines deleted...]
-        <x:v>0.080989000</x:v>
+        <x:v>1802019.993000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1727112.386000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.043371000</x:v>
       </x:c>
     </x:row>
     <x:row r="38">
       <x:c s="0" t="str">
         <x:v>    of which traffic in 5G network</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>794944.424000000</x:v>
-[...5 lines deleted...]
-        <x:v>1.487052000</x:v>
+        <x:v>683149.344000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>336725.853000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1.028799000</x:v>
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="40">
       <x:c s="0" t="str">
         <x:v>Revenues from mobile subscriptions - total (MSEK)</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>31217.581000000</x:v>
-[...5 lines deleted...]
-        <x:v>0.014158000</x:v>
+        <x:v>15941.840000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>15666.997000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.017542000</x:v>
       </x:c>
     </x:row>
     <x:row r="41">
       <x:c s="0" t="str">
         <x:v>    Private</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>23077.596000000</x:v>
-[...5 lines deleted...]
-        <x:v>0.031619000</x:v>
+        <x:v>11685.281000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>11383.384000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.026520000</x:v>
       </x:c>
     </x:row>
     <x:row r="42">
       <x:c s="0" t="str">
         <x:v>    Business</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>8139.985000000</x:v>
-[...5 lines deleted...]
-        <x:v>-0.032278000</x:v>
+        <x:v>4256.559000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4283.613000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>-0.006315000</x:v>
       </x:c>
     </x:row>
     <x:row r="43">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="44">
       <x:c s="0" t="str">
         <x:v>Number of SIM cards for M2M</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>29364.019000000</x:v>
-[...5 lines deleted...]
-        <x:v>0.099974000</x:v>
+        <x:v>31869.244000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>28341.444000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.124474000</x:v>
       </x:c>
     </x:row>
     <x:row r="45">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="46">
       <x:c s="0" t="str">
         <x:v>Internet services</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="47">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="48">
       <x:c s="0" t="str">
         <x:v>Internet subscriptions (thousands)</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>18509.856000000</x:v>
-[...5 lines deleted...]
-        <x:v>0.012740000</x:v>
+        <x:v>18560.063000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>18370.871000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.010298000</x:v>
       </x:c>
     </x:row>
     <x:row r="49">
       <x:c s="0" t="str">
         <x:v>    Dial-up subscriptions [1]</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="50">
       <x:c s="0" t="str">
         <x:v>    Broadband subscriptions</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>4308.102000000</x:v>
-[...5 lines deleted...]
-        <x:v>0.002339000</x:v>
+        <x:v>4292.180000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>4292.411000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>-0.000053000</x:v>
       </x:c>
     </x:row>
     <x:row r="51">
       <x:c s="0" t="str">
         <x:v>        via cable television</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>663.462000000</x:v>
-[...5 lines deleted...]
-        <x:v>-0.012392000</x:v>
+        <x:v>655.517000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>665.091000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>-0.014395000</x:v>
       </x:c>
     </x:row>
     <x:row r="52">
       <x:c s="0" t="str">
         <x:v>        via fiber and fiber-LAN</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>3600.104000000</x:v>
-[...5 lines deleted...]
-        <x:v>0.012136000</x:v>
+        <x:v>3602.109000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>3571.855000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.008470000</x:v>
       </x:c>
     </x:row>
     <x:row r="53">
       <x:c s="0" t="str">
         <x:v>        via xDSL</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>24.128000000</x:v>
-[...5 lines deleted...]
-        <x:v>-0.543980000</x:v>
+        <x:v>13.492000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>37.780000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>-0.642879000</x:v>
       </x:c>
     </x:row>
     <x:row r="54">
       <x:c s="0" t="str">
         <x:v>        via Fixed broadband - Other [4]</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>20.408000000</x:v>
-[...5 lines deleted...]
-        <x:v>0.243404000</x:v>
+        <x:v>21.062000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>17.685000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.190952000</x:v>
       </x:c>
     </x:row>
     <x:row r="55">
       <x:c s="0" t="str">
         <x:v>    Mobile broadband subscriptions</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>14201.754000000</x:v>
-[...5 lines deleted...]
-        <x:v>0.015938000</x:v>
+        <x:v>14267.883000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>14078.460000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.013454000</x:v>
       </x:c>
     </x:row>
     <x:row r="56">
       <x:c s="0" t="str">
         <x:v>        of which data-only subscriptions</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>1487.711000000</x:v>
-[...5 lines deleted...]
-        <x:v>0.041748000</x:v>
+        <x:v>1524.780000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1442.409000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.057106000</x:v>
       </x:c>
     </x:row>
     <x:row r="57">
       <x:c s="0" t="str">
         <x:v>        of which data and voice subscriptions [3]</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>12714.043000000</x:v>
-[...5 lines deleted...]
-        <x:v>0.013001000</x:v>
+        <x:v>12743.103000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>12636.051000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.008471000</x:v>
       </x:c>
     </x:row>
     <x:row r="58">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="59">
       <x:c s="0" t="str">
         <x:v>    Broadband subscriptions via collective agreement</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>1305.049000000</x:v>
-[...5 lines deleted...]
-        <x:v>0.041865000</x:v>
+        <x:v>1334.722000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>1275.773000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.046206000</x:v>
       </x:c>
     </x:row>
     <x:row r="60">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="61">
       <x:c s="0" t="str">
         <x:v>Revenues from fixed Internet subscriptions (SEKm)</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>16486.164500000</x:v>
-[...5 lines deleted...]
-        <x:v>0.064022000</x:v>
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="62">
       <x:c s="0" t="str">
         <x:v>    Private</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>13896.418500000</x:v>
-[...5 lines deleted...]
-        <x:v>0.066728000</x:v>
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="63">
       <x:c s="0" t="str">
         <x:v>    Business</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>2589.746000000</x:v>
-[...5 lines deleted...]
-        <x:v>0.049735000</x:v>
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="64">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="65">
       <x:c s="0" t="str">
         <x:v>Fixed call services</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="66">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="67">
       <x:c s="0" t="str">
         <x:v>Subscriptions for fixed telephony (thousands)</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>796.716000000</x:v>
-[...5 lines deleted...]
-        <x:v>-0.052198000</x:v>
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="68">
       <x:c s="0" t="str">
         <x:v>  </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="69">
       <x:c s="0" t="str">
         <x:v>    of which via IP-telephony (thousands)</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>710.821000000</x:v>
-[...5 lines deleted...]
-        <x:v>0.036102000</x:v>
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="70">
       <x:c s="0" t="str">
         <x:v>  </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="71">
       <x:c s="0" t="str">
         <x:v>Outgoing traffic minutes (millions)</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>2463.699500000</x:v>
-[...5 lines deleted...]
-        <x:v>-0.098081000</x:v>
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="72">
       <x:c s="0" t="str">
         <x:v>    Private</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>199.487200000</x:v>
-[...5 lines deleted...]
-        <x:v>-0.363269000</x:v>
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="73">
       <x:c s="0" t="str">
         <x:v>    Business</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>2264.212300000</x:v>
-[...5 lines deleted...]
-        <x:v>-0.063726000</x:v>
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="74">
       <x:c s="0" t="str">
         <x:v>  </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="75">
       <x:c s="0" t="str">
         <x:v>Revenues from fixed call services (SEKm)</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>1611.874400000</x:v>
-[...5 lines deleted...]
-        <x:v>-0.191183000</x:v>
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="76">
       <x:c s="0" t="str">
         <x:v>    Private</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>478.579000000</x:v>
-[...5 lines deleted...]
-        <x:v>-0.347849000</x:v>
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="77">
       <x:c s="0" t="str">
         <x:v>    Business</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>1133.295400000</x:v>
-[...5 lines deleted...]
-        <x:v>-0.099868000</x:v>
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="78">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="79">
       <x:c s="0" t="str">
         <x:v>TV services</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="80">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="81">
       <x:c s="0" t="str">
         <x:v>    Number of digital television subscriptions</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>4180.876000000</x:v>
-[...2 lines deleted...]
-        <x:v>-1.000000000</x:v>
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="82">
       <x:c s="0" t="str">
         <x:v>        via digital cable television</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>1913.805000000</x:v>
-[...2 lines deleted...]
-        <x:v>-1.000000000</x:v>
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="83">
       <x:c s="0" t="str">
         <x:v>        via digital terrestrial television</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>175.454000000</x:v>
-[...2 lines deleted...]
-        <x:v>-1.000000000</x:v>
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="84">
       <x:c s="0" t="str">
         <x:v>        via satellite</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>286.613000000</x:v>
-[...5 lines deleted...]
-        <x:v>-0.109715000</x:v>
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="85">
       <x:c s="0" t="str">
         <x:v>        via iptv</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>1885.779000000</x:v>
-[...5 lines deleted...]
-        <x:v>0.065602000</x:v>
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="86">
       <x:c s="0" t="str">
         <x:v>            via fiber and fiber-LAN</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>1881.555000000</x:v>
-[...5 lines deleted...]
-        <x:v>0.068991000</x:v>
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="87">
       <x:c s="0" t="str">
         <x:v>            via xDSL</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>4.120000000</x:v>
-[...5 lines deleted...]
-        <x:v>-0.569082000</x:v>
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="88">
       <x:c s="0" t="str">
         <x:v>    Analogue cable television subscriptions</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>206.879000000</x:v>
-[...2 lines deleted...]
-        <x:v>-1.000000000</x:v>
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="89">
       <x:c s="0" t="str">
         <x:v>    SMATV (cable television via SMATV networks) (analogue and digital)</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>123.000000000</x:v>
-[...5 lines deleted...]
-        <x:v>-0.016000000</x:v>
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="90">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="91">
       <x:c s="0" t="str">
         <x:v>Revenues pay-TV-services (SEKm)</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>10096.665500000</x:v>
-[...5 lines deleted...]
-        <x:v>0.049787000</x:v>
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="92">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="93">
       <x:c s="0" t="str">
         <x:v>Data communications services</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="94">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="95">
       <x:c s="0" t="str">
         <x:v>Revenues from data communications services to end-users (SEKm)</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>2704.444400000</x:v>
-[...5 lines deleted...]
-        <x:v>0.039520000</x:v>
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="96">
       <x:c s="0" t="str">
         <x:v>    IP VPN</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>2030.383500000</x:v>
-[...2 lines deleted...]
-        <x:v>-1.000000000</x:v>
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="97">
       <x:c s="0" t="str">
         <x:v>    Network capacity [5]</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>571.244100000</x:v>
-[...2 lines deleted...]
-        <x:v>-1.000000000</x:v>
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="98">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="99">
       <x:c s="0" t="str">
         <x:v>Revenues from dark fibre and wave length connections (SEKm)</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>6274.917100000</x:v>
-[...5 lines deleted...]
-        <x:v>0.039190000</x:v>
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="100">
       <x:c s="0" t="str">
         <x:v>    Dark fibre (wholesale + end-user)</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>5945.183500000</x:v>
-[...5 lines deleted...]
-        <x:v>0.041015000</x:v>
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="101">
       <x:c s="0" t="str">
         <x:v>    Wave length (wholesale + end-user)</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>329.733600000</x:v>
-[...5 lines deleted...]
-        <x:v>0.007362000</x:v>
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="102">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="103">
       <x:c s="0" t="str">
         <x:v>Bundled services</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="104">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="105">
       <x:c s="0" t="str">
         <x:v>Number of bundled subscriptions (thousands)</x:v>
       </x:c>
       <x:c s="0" t="n">
-        <x:v>1441.194000000</x:v>
-[...5 lines deleted...]
-        <x:v>-0.005256000</x:v>
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="107">
       <x:c s="0" t="str">
-        <x:v>Source: The Swedish Post and Telecom Authority, 13 August, 2025.
+        <x:v>Source: The Swedish Post and Telecom Authority, 17 November, 2025.
 * See "content" or http://statistik.pts.se/start_en under Documents to find out which question the data is based on.
  same tables are used for both the full-year and half-year versions of the Swedish Telecom market.
 That means that the half-year tables includes some tables without a new data.
 [1] From 2015 ISDN is not included only PSTN.
 [2] Mobile subscriptions refer to mobile data and voice subscriptions, mobile voice-only subscriptions and mobile data-only subscriptions.
 [3] Mobile data and voice subscriptions include to all mobile subscriptions with data, both under and over 1 Gbyte.
 [4] "Fixed broadband - Other" indludes satellite, fixed radio iOther broadband access and Other broadband access.
 [5] Including revenues from high-quality access (TDM, PHD, SDH-based, Ethernet-based and analogue
 high-quality access to end-user).
 [6] End-user revenues includes: Fixed lines, mobile call and data services, internet services (broadband) and
 data communications services to end-user. This does not include dark fibre and wave length connections.
 [7] Average revenues includes: Fixed lines, mobile call and data services and internet services (broadband).
 [8] PTS has estimated Bahnhofs revenues for internet subscriptions via fibre, private and business, 2015 ? 2019, and 2021.</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>