--- v1 (2025-12-29)
+++ v2 (2026-02-27)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7f5d70fb68c491d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d2a360c95734a6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet8" sheetId="8" r:id="R0aa74ff455504485"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet14" sheetId="14" r:id="R6d0508b9e5a2412b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="12"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="006100"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="14"/>
@@ -88,51 +88,51 @@
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="2" borderId="0" applyFill="1"/>
     <x:xf fontId="4" fillId="3" borderId="0" applyFill="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" indent="200"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
   </x:cellXfs>
   <x:xf numFmtId="3453" applyNumberFormat="1" applyFont="1"/>
   <x:col min="5" max="5" width="16" customWidth="1"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R83bbdd3c9bd44da4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ead2a4e1fa343ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R0aa74ff455504485" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R32f70787bda94aae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6349001467ac40e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R6d0508b9e5a2412b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c s="3" t="str">
         <x:v>Table 1-Key data - the market for electronic communications [8]*</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2025  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2024  half-year</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v> Förändring  yearly</x:v>
       </x:c>
     </x:row>