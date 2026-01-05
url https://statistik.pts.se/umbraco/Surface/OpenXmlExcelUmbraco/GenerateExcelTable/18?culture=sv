--- v0 (2025-11-03)
+++ v1 (2026-01-05)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe0e1930d24f418a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R207b7a73076e4332" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet37" sheetId="37" r:id="Rc7db3a4b16bf4c1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet24" sheetId="24" r:id="R13b996a92859436d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="12"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="006100"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="14"/>
@@ -88,67 +88,70 @@
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="2" borderId="0" applyFill="1"/>
     <x:xf fontId="4" fillId="3" borderId="0" applyFill="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" indent="200"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
   </x:cellXfs>
   <x:xf numFmtId="3453" applyNumberFormat="1" applyFont="1"/>
   <x:col min="5" max="5" width="16" customWidth="1"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re895e98177e64f79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13b8a7c147424cf9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rc7db3a4b16bf4c1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6597fe60eac14785" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdf6520601a34cd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R13b996a92859436d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c s="3" t="str">
         <x:v>Tabell 18-Mobila samtals- och datatjänster - Machine-to-machine (M2M) [1]*</x:v>
       </x:c>
       <x:c s="3" t="str">
+        <x:v>2025  1.halvår</x:v>
+      </x:c>
+      <x:c s="3" t="str">
         <x:v>2024  helår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2024  1.halvår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2023  helår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2023  1.halvår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2022  helår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2022  1.halvår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2021  helår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2021  1.halvår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2020  helår</x:v>
@@ -262,50 +265,53 @@
         <x:v>2002  helår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2002  1.halvår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2001  helår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2001  1.halvår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2000  helår</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c s="0" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c s="0" t="str">
         <x:v>Antal simkort för M2M [2] [5] (tusental)</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>31869.244000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>29364.019000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>28341.444000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>26695.179000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>24970.501000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>23232.360000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>21767.894000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>19991.675000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>18175.929000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>16874.265000000</x:v>
@@ -414,50 +420,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c s="0" t="str">
         <x:v>    varav används i Sverige</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>7544.976000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>7425.254000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6997.025000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7002.100000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6343.291000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6098.953000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5236.738000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4953.095000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4177.957000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3860.722000000</x:v>
@@ -574,50 +583,53 @@
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c s="0" t="str">
         <x:v>Intäkter från simkort för M2M (miljoner kronor)</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>1062.470000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>2109.170000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1059.526000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1991.025600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>966.851000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1705.799000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>802.695000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1496.782000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>702.222000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1404.246000000</x:v>
@@ -726,50 +738,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c s="0" t="str">
         <x:v>    varav intäkter för M2M som används i Sverige</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>306.308000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>616.187000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>310.072000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>648.560600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>329.179600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>649.506000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>295.951000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>651.899000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>314.337000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>592.901000000</x:v>
@@ -886,50 +901,53 @@
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c s="0" t="str">
         <x:v>Datatrafik (Tbyte) [4]</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>10750.346000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>18953.446700000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9239.322000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>16393.547800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>8343.905300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13376.641200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6235.203000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9831.956800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4579.207000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7919.808100000</x:v>
@@ -1061,50 +1079,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c s="0" t="str">
         <x:v>Antal SMS från simkort för M2M (miljoner)</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>830.928000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>677.366900000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>297.341000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>371.381000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>162.061000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>297.954000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>97.680000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>193.310000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>73.170000000</x:v>
@@ -1206,50 +1227,53 @@
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c s="0" t="str">
         <x:v>Genomsnittlig intäkt per simkort för M2M och månad (kr) [3]</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>5.783730105</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>6.270662904</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6.417096727</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6.646384073</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6.685986267</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6.577355245</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6.407273983</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6.766778947</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6.678251196</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7.341372652</x:v>
@@ -1349,42 +1373,42 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c s="0" t="str">
-        <x:v>Källa: Post- och telestyrelsen, 13 augusti 2025.
+        <x:v>Källa: Post- och telestyrelsen, 17 november 2025.
 * Se "Innehåll" eller www.statistik.pts.se under Dokument för att få reda på vilken fråga statistiken kommer ifrån. För datainsamlingen Svensk telemarknad första
 halvåret används samma tabeller som för helåret för att göra det lättare att hitta värden. Det innebär att på halvåret innehåller några tabeller inte något nytt värde
 för första halvåret och i vissa tabeller har några rader inte nytt värde.
 [1] Maskin till maskin, dvs kommunikation  mellan maskiner.
 [2] Simkort för M2M: avser tjänster för kommunikation mellan maskiner eller annan utrustning (bilar, tåg, smarta elmätare, konsumentelektronik) och som inte utgör
 en del av ett privat eller företags mobilabonnemang.
 [3] Genomsnittlig intäkt per sim-kort för M2M och månad = periodens intäkt från från sim-kort för M2M dividerat med det genomsnittliga antalet sim-kort för M2M
 under perioden, samt dividerat med antalet månader under perioden.
 [4] Den stora ökningen av datatrafik mellan 2015 och 2016 beror så gott som helt på att Telia Company för 2016 rapporterat drygt 2 000 Tbyte och för 2015 endast 76 Tbyte. 
 Telia Company har angett att 2015 års värde är för lågt men att de inte kan ta fram ett korrekt värde.
 [5] I antalet M2M abonnemang ingår även abonnemang som används utanför Sverige (genom permanent roaming. Det beror på att några aktörer inte kan exkludera dessa.</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>