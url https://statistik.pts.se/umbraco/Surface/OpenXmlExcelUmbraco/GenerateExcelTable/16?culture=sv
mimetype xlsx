--- v0 (2025-11-04)
+++ v1 (2025-12-13)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6432c1cb9ca447f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7d4e16d526d4af1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet78" sheetId="78" r:id="R88c46eba77cc49a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet77" sheetId="77" r:id="Rb0d87dfdb17e4462"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="12"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="006100"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="14"/>
@@ -88,67 +88,70 @@
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="2" borderId="0" applyFill="1"/>
     <x:xf fontId="4" fillId="3" borderId="0" applyFill="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" indent="200"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
   </x:cellXfs>
   <x:xf numFmtId="3453" applyNumberFormat="1" applyFont="1"/>
   <x:col min="5" max="5" width="16" customWidth="1"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rddd972fb210a4110" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2a3144667814ad8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R88c46eba77cc49a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7431049c4f4447d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e2a33c2a57e457a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rb0d87dfdb17e4462" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c s="3" t="str">
         <x:v>Tabell 16-Mobila samtals- och datatjänster - SMS*</x:v>
       </x:c>
       <x:c s="3" t="str">
+        <x:v>2025  1.halvår</x:v>
+      </x:c>
+      <x:c s="3" t="str">
         <x:v>2024  helår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2024  1.halvår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2023  helår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2023  1.halvår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2022  helår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2022  1.halvår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2021  helår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2021  1.halvår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2020  helår</x:v>
@@ -262,50 +265,53 @@
         <x:v>2002  helår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2002  1.halvår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2001  helår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2001  1.halvår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2000  helår</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c s="0" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c s="0" t="str">
         <x:v>Antal från mobiltelefon skickade SMS (miljoner)</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>7394.378100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7639.834100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7794.617800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6198.513300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2946.116000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6675.958200000</x:v>
@@ -432,50 +438,53 @@
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c s="0" t="str">
         <x:v>    varav inom eget nät [2]</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>2724.750000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1273.882000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2937.395600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1566.978000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3227.579500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1812.231000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3591.994900000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1840.279700000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4067.681700000</x:v>
@@ -574,50 +583,53 @@
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c s="0" t="str">
         <x:v>    Privat</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>5766.404300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6049.653000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6405.248000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5182.471200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2438.314000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5545.610200000</x:v>
@@ -726,50 +738,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>702.737026000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1167.952151747</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>544.099821000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>898.919000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>395.503000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>405.156000000</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c s="0" t="str">
         <x:v>    Företag</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>1627.973800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1590.181100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1389.369800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1016.042100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>507.802000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1130.348000000</x:v>
@@ -886,50 +901,53 @@
         <x:v>71.219593000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>120.627000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>52.119000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>67.583000000</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c s="0" t="str">
         <x:v>Antal SMS skickade från datorsystem (applikation till person) [4] (miljoner)</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>4922.977500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5393.604100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5173.448000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4806.047400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2292.365000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4000.479600000</x:v>
@@ -1046,50 +1064,53 @@
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c s="0" t="str">
         <x:v>Genomsnittligt antal från mobiltelefon skickade SMS per samtalsabonnemang och månad [3]</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>46.108935339</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>47.978912258</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>49.467008260</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>40.029674140</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>38.307728954</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>43.724618064</x:v>
@@ -1192,50 +1213,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>17.960695308</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>18.368703030</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>16.844488350</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14.871758734</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14.297865637</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>12.848545981</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c s="0" t="str">
         <x:v>    Privat</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>49.752854536</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>52.163554488</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>55.100838545</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>44.932985104</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>42.548498562</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>48.518465111</x:v>
@@ -1338,50 +1362,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>18.914950659</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>19.270507021</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>17.667234518</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>16.048306829</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>15.583454971</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14.058703300</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c s="0" t="str">
         <x:v>    Företag</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>36.611159837</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>36.760004252</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>33.619651028</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>25.715965065</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>25.908437148</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>29.449223129</x:v>
@@ -1481,39 +1508,39 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>16.874518763</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13.304415281</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14.115639475</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>12.938459781</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9.616924247</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>8.770314471</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7.827489597</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c s="0" t="str">
-        <x:v>Källa: Post- och telestyrelsen, 13 augusti 2025.
+        <x:v>Källa: Post- och telestyrelsen, 17 november 2025.
 * Se "Innehåll" eller www.statistik.pts.se under Dokument för att få reda på vilken fråga statistiken kommer ifrån. För datainsamlingen Svensk telemarknad första
 halvåret används samma tabeller som för helåret för att göra det lättare att hitta värden. Det innebär att på halvåret innehåller några tabeller inte något nytt värde
 för första halvåret och i vissa tabeller har några rader inte nytt värde.
 [2] För tjänstetillhandahållare där nätkapacitet köps från en mobilnätsoperatör avses SMS som terminerar i samma nät som det tjänstetillhandahållaren är ansluten till.
 Fr.o.m. 2015 ställs inte längre denna fråga.
 [3] Genomsnittligt antal skickade SMS per samtalsabonnemang och månad = periodens antal skickade SMS dividerat med det genomsnittliga antalet samtalsabonnemang under perioden,
 samt dividerat med antalet månader under perioden. Med samtalsabonnemang avses alla abonnemang för mobila samtals- och datatjänster förutom abonnemang på fristående mobilt bredband.
 [4] Här avses SMS som sänds från datorsystem t ex som påminnelse om tidbokning, massutskick som reklam eller bekräftelse på biljettköp. Maskin-till-person.</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>