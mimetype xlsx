--- v0 (2025-10-24)
+++ v1 (2026-02-04)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf33c90abad79457a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R668984a2cdb6476a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet61" sheetId="61" r:id="R4279ddc2db774e75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet70" sheetId="70" r:id="Rdc8fbec8c4144792"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="12"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="006100"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="14"/>
@@ -88,67 +88,70 @@
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="2" borderId="0" applyFill="1"/>
     <x:xf fontId="4" fillId="3" borderId="0" applyFill="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" indent="200"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
   </x:cellXfs>
   <x:xf numFmtId="3453" applyNumberFormat="1" applyFont="1"/>
   <x:col min="5" max="5" width="16" customWidth="1"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4a6875ffec254e68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R126fe37418c14690" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R4279ddc2db774e75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R79ca3c8a9afb43f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73ff13684f4242b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rdc8fbec8c4144792" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c s="3" t="str">
         <x:v>Tabell 14-Mobila samtals- och datatjänster - antal utgående telefonsamtal (miljoner) från slutkund [6]*</x:v>
       </x:c>
       <x:c s="3" t="str">
+        <x:v>2025  1.halvår</x:v>
+      </x:c>
+      <x:c s="3" t="str">
         <x:v>2024  helår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2024  1.halvår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2023  helår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2023  1.halvår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2022  helår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2022  1.halvår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2021  helår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2021  1.halvår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2020  helår</x:v>
@@ -280,50 +283,53 @@
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c s="0" t="str">
         <x:v>Utgående samtal från mobiltelefon till nationellt mobilnät</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>8971.544500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4272.669000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>8447.720900000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4198.042000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>8547.485900000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4027.832100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7766.448900000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3896.895500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7845.216200000</x:v>
@@ -432,50 +438,53 @@
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c s="0" t="str">
         <x:v>    varav inom eget nät [1]</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>4780.888500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2177.431000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4248.234000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2133.963000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3919.260000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1917.772000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4255.680000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2011.604800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4411.704000000</x:v>
@@ -592,50 +601,53 @@
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c s="0" t="str">
         <x:v>    Privat</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>6915.504000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3274.516000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6488.022500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3219.426000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6488.650600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3014.778000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5737.343000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2900.164800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5823.569600000</x:v>
@@ -744,50 +756,53 @@
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c s="0" t="str">
         <x:v>    Företag</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>2056.040500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>998.153000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1959.698400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>978.616000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2058.835300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1013.054100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2029.105900000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>996.730700000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2021.646600000</x:v>
@@ -904,50 +919,53 @@
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c s="0" t="str">
         <x:v>Utgående samtal från mobiltelefon till nationellt fastnät</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>1462.575000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>888.180800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1875.479600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>985.019000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2034.447600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1054.339600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2242.414100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1125.245600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2216.338100000</x:v>
@@ -1056,50 +1074,53 @@
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c s="0" t="str">
         <x:v>    Privat</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>809.989000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>495.453000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>960.325400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>493.332000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>958.068100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>493.987600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1155.959000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>533.260600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1113.461300000</x:v>
@@ -1208,50 +1229,53 @@
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c s="0" t="str">
         <x:v>    Företag</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>652.586000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>392.727800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>915.154200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>491.687000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1076.379500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>560.352000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1086.455100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>591.985000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1102.876800000</x:v>
@@ -1368,50 +1392,53 @@
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c s="0" t="str">
         <x:v>Internationellt utgående samtal</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>101.822000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>46.842000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>103.204400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>54.163100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>114.251200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>78.491100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>157.329100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>62.363700000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>139.103700000</x:v>
@@ -1520,50 +1547,53 @@
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c s="0" t="str">
         <x:v>    Privat</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>69.564000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>30.224000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>68.095100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>35.556000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>74.809000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>52.685000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>109.000400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>42.045300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>99.580000000</x:v>
@@ -1672,50 +1702,53 @@
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c s="0" t="str">
         <x:v>    Företag</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>32.258000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>16.618000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>35.109300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>18.607100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>39.442200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>25.806100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>48.328700000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>20.318400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>39.523700000</x:v>
@@ -1832,50 +1865,53 @@
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c s="0" t="str">
         <x:v>Totalt antal utgående samtal [9]</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>10535.941500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5207.691800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>10426.404900000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5237.224100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>10696.184700000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5160.662800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>10166.192100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5084.504800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>10200.658000000</x:v>
@@ -1993,50 +2029,53 @@
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>1883.677000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4657.544500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2318.076600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5503.213400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3228.154300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7984.563300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3970.032000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7756.943400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3901.312000000</x:v>
@@ -2136,50 +2175,53 @@
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c s="0" t="str">
         <x:v>    GSM [2]</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>10458.936500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5154.698000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>10364.965800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
@@ -2297,50 +2339,53 @@
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>347.104000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>575.559000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>297.732700000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1271.448000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>825.329600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2045.975300000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1075.564700000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2363.734000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1258.600000000</x:v>
@@ -2518,50 +2563,53 @@
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>0.000200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4.056000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5.828000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>8.871000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>12.809000000</x:v>
@@ -2601,50 +2649,53 @@
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>2993.443000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5243.086000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2531.547500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3176.536000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>977.603000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>104.274100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>26.013000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
@@ -2872,83 +2923,89 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
+      <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
     </x:row>
     <x:row r="27">
       <x:c s="0" t="str">
         <x:v>    Okänt nät</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>9.923000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>219.995000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>12.944000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>214.994700000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
@@ -3095,50 +3152,53 @@
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>753.918000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1366.956000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>735.604000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1430.978000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>672.493000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1486.574000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>758.630000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1762.637000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>880.620000000</x:v>
@@ -3247,50 +3307,53 @@
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>4196.483000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>8085.545900000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4070.062000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7860.315000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3954.407500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7706.784500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3783.935200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7309.888000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3613.386000000</x:v>
@@ -3368,50 +3431,53 @@
       </x:c>
     </x:row>
     <x:row r="32">
       <x:c s="0" t="str">
         <x:v>    Privat</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>7795.057000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3800.193000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7516.443000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3748.314000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7521.527700000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3561.450600000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7002.302400000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3475.470700000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7036.610900000</x:v>
@@ -3520,50 +3586,53 @@
       </x:c>
     </x:row>
     <x:row r="33">
       <x:c s="0" t="str">
         <x:v>    Företag</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>2740.884500000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1407.498800000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2909.961900000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1488.910100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3174.657000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1599.212200000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3163.889700000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1609.034100000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3164.047100000</x:v>
@@ -3680,50 +3749,53 @@
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c s="0" t="str">
         <x:v>Genomsnittligt antal samtal per samtalsabonnemang och månad [4]</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>68.040558210</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>67.714525140</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>68.288410199</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>68.153080703</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>70.514114967</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>67.980411721</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>67.382193581</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>67.827180695</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>67.790426522</x:v>
@@ -3826,50 +3898,53 @@
       </x:c>
     </x:row>
     <x:row r="36">
       <x:c s="0" t="str">
         <x:v>    Privat</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>67.584587844</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>66.313242017</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>65.761253370</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>64.890879494</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>65.876229273</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>62.156728965</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>61.149834465</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>60.999338892</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>60.977280950</x:v>
@@ -3972,50 +4047,53 @@
       </x:c>
     </x:row>
     <x:row r="37">
       <x:c s="0" t="str">
         <x:v>    Företag</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>69.371623527</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>71.811639567</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>75.813923933</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>78.028299203</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>84.630654845</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>85.904981285</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>87.008489399</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>89.454907593</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>90.205023501</x:v>
@@ -4126,50 +4204,53 @@
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c s="0" t="str">
         <x:v>Genomsnittlig samtalslängd per samtalsabonnemang i minuter [5]</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>3.955901862</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4.147464756</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3.850704139</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3.863954724</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3.392886839</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3.532015655</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3.403965512</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3.321363961</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3.227412575</x:v>
@@ -4278,50 +4359,53 @@
       </x:c>
     </x:row>
     <x:row r="40">
       <x:c s="0" t="str">
         <x:v>    Privat</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>4.078479247</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4.270296535</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3.942915006</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3.936977799</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3.492851898</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3.639591969</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3.500471688</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3.421582032</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3.309459146</x:v>
@@ -4430,50 +4514,53 @@
       </x:c>
     </x:row>
     <x:row r="41">
       <x:c s="0" t="str">
         <x:v>    Företag</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>3.607292609</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3.815823644</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3.612523106</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3.680119975</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3.156045519</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3.292442867</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3.190378603</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3.104895602</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3.044946960</x:v>
@@ -4629,50 +4716,53 @@
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>2.749529790</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2.699945719</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2.700879821</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2.648846453</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2.672100676</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2.583473813</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2.671212581</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2.586618232</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2.630797620</x:v>
@@ -4781,50 +4871,53 @@
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>3.044797155</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2.837958412</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2.873664529</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2.764369647</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2.789751815</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2.677976788</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2.665138927</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2.563972936</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2.574620038</x:v>
@@ -4873,50 +4966,50 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>1.617210709</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="46">
       <x:c s="0" t="str">
-        <x:v>Källa: Post- och telestyrelsen, 13 augusti 2025.
+        <x:v>Källa: Post- och telestyrelsen, 17 november 2025.
 * Se "Innehåll" eller www.statistik.pts.se under Dokument för att få reda på vilken fråga statistiken kommer ifrån. För datainsamlingen Svensk telemarknad första
 halvåret används samma tabeller som för helåret för att göra det lättare att hitta värden. Det innebär att på halvåret innehåller några tabeller inte något nytt värde
 för första halvåret och i vissa tabeller har några rader inte nytt värde.
 [1] För tjänstetillhandahållare där nätkapacitet köps från en mobilnätsoperatör, avses taltrafik som terminerar i samma mobilnät som det
 tjänstetillhandahållaren är ansluten till.
 [2] Inkluderar trafik från UMTS för 2003. Före år 2012 beräknades samtal i GSM nätet fram genom att subtrahera samtal i UMTS-, CDMA 2000-,
 eller LTE -näten från det totala antalet samtal under det sista kvartalet i mätperioden. 
 Från och med 2012 har frågan 'varav samtal från GSM nät' ställts, dvs värdet är ingen framräknad summa.
 [3] Samtliga kontantkort definieras som privata pga. svårigheten att kontrollera om det är privatkunder eller företagskunder som är köpare.
 Serierna har ett brott 2004 i och med att PTS då övergår till en tremånadersregel för hur länge ett kontantkort anses vara aktivt.
 Fr.o.m. 2015 ställs inte längre denna fråga.
 [4] Genomsnittligt antal mobiltelefonsamtal per månad = periodens totala antal mobiltelefonsamtal dividerat med det genomsnittliga antalet mobilabonnemang under perioden. 
 Med samtalsabonnemang avses alla abonnemang för mobila samtals- och datatjänster förutom abonnemangen på mobilt bredband som fristående tjänst.
 [5] Genomsnittligt samtalsläng = periodens totala antal utgående trafikminuter dividerat med periodens totala antal mobiltelefonsamtal dividerat.
 Med samtalsabonnemang avses alla abonnemang för mobila samtals- och datatjänster förutom abonnemangen för enbart mobil paketdata.
 [6] I de fall värden saknas eller fördelning inte kunnat göras av data har skattning vanligtvis gjorts utifrån fördelning av abonnemang.
 [7] Från och med 2012 har frågan 'varav samtal från GSM nät' ställts, dvs värdet är ingen framräknad summa.
 [8] Fr.o.m. 2015 används inte längre denna variabel.
 [9] Aktörer som inte själva äger nätet har i några fall inte kunnat fördela samtal på GSM, USMT och LTE.</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>