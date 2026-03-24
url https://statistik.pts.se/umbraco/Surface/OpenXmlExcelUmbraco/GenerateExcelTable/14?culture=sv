--- v1 (2026-02-04)
+++ v2 (2026-03-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R668984a2cdb6476a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra51efb20cc0d491a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet70" sheetId="70" r:id="Rdc8fbec8c4144792"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet45" sheetId="45" r:id="R94446aa6f5f64288"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="12"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="006100"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="14"/>
@@ -88,51 +88,51 @@
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="2" borderId="0" applyFill="1"/>
     <x:xf fontId="4" fillId="3" borderId="0" applyFill="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" indent="200"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
   </x:cellXfs>
   <x:xf numFmtId="3453" applyNumberFormat="1" applyFont="1"/>
   <x:col min="5" max="5" width="16" customWidth="1"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R79ca3c8a9afb43f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73ff13684f4242b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rdc8fbec8c4144792" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbdd34d4bfa934531" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1804aaed32d048d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R94446aa6f5f64288" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c s="3" t="str">
         <x:v>Tabell 14-Mobila samtals- och datatjänster - antal utgående telefonsamtal (miljoner) från slutkund [6]*</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2025  1.halvår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2024  helår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2024  1.halvår</x:v>
       </x:c>
       <x:c s="3" t="str">