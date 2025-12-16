--- v0 (2025-10-24)
+++ v1 (2025-12-16)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R403b924373e04a61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a4e9ac0b5ab40a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet40" sheetId="40" r:id="Rf0fa1617b96842bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet14" sheetId="14" r:id="Ref8aecb4a6984b9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="12"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="006100"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="14"/>
@@ -88,67 +88,70 @@
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="2" borderId="0" applyFill="1"/>
     <x:xf fontId="4" fillId="3" borderId="0" applyFill="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" indent="200"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
   </x:cellXfs>
   <x:xf numFmtId="3453" applyNumberFormat="1" applyFont="1"/>
   <x:col min="5" max="5" width="16" customWidth="1"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0107aca66441472f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R612fd3881a0d4bf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rf0fa1617b96842bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R59d47d4dc0494a58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48aa1e8b8cd646d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Ref8aecb4a6984b9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c s="3" t="str">
         <x:v>Tabell 11-Mobila samtals- och datatjänster - antal kontraktsabonnemang och kontantkort (tusental) [12]*</x:v>
       </x:c>
       <x:c s="3" t="str">
+        <x:v>2025  1.halvår</x:v>
+      </x:c>
+      <x:c s="3" t="str">
         <x:v>2024  helår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2024  1.halvår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2023  helår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2023  1.halvår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2022  helår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2022  1.halvår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2021  helår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2021  1.halvår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2020  helår</x:v>
@@ -262,50 +265,53 @@
         <x:v>2002  helår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2002  1.halvår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2001  helår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2001  1.halvår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2000  helår</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c s="0" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c s="0" t="str">
         <x:v>Mobilabonnemang - endast samtal [6] [10]</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>689.053000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>720.880000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>717.705000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>742.142000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>693.565000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>800.558000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1132.283000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1184.870000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1154.592000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1247.649000000</x:v>
@@ -414,50 +420,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>8174.085000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7857.818000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7394.244000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7177.813000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6689.805000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6372.367000000</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c s="0" t="str">
         <x:v>    Privat</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>374.210000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>395.692000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>404.607000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>428.313000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>427.114000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>537.391000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>847.548000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>904.227000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>920.706000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>969.542000000</x:v>
@@ -566,50 +575,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>6814.222000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6502.827000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6023.924000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5805.060000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5375.948000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5073.332000000</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c s="0" t="str">
         <x:v>    Företag</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>314.843000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>325.188000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>313.098000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>313.829000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>266.451000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>263.167000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>284.735000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>280.643000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>233.886000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>278.107000000</x:v>
@@ -726,50 +738,53 @@
         <x:v>1370.320000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1372.753000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1313.857000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1299.035000000</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c s="0" t="str">
         <x:v>Mobilabonnemang - samtal och data [7] [11]</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>12743.103000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>12714.043000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>12636.051000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>12550.864000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>12508.374000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>12445.297000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>12061.906000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>11831.283000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>11689.091000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>11544.191000000</x:v>
@@ -878,50 +893,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>199.919000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>90.700000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>57.194000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c s="0" t="str">
         <x:v>    Privat</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>9302.003000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>9301.471000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9240.697000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9191.353000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9169.675000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9172.061000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>8903.930000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>8760.642000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>8623.431000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>8588.554000000</x:v>
@@ -1030,50 +1048,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>117.614000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>40.100000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>28.064000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c s="0" t="str">
         <x:v>    Företag</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>3441.100000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>3412.572000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3395.354000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3359.511000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3338.699000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3273.236000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3157.976000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3070.641000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3065.660000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2955.637000000</x:v>
@@ -1190,50 +1211,53 @@
         <x:v>29.130000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c s="0" t="str">
         <x:v>Abonnemang på mobilt bredband - endast data [2] [8]</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>1524.780000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>1487.711000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1442.409000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1428.091000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1480.839000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1518.394000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1501.822000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1443.328000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1493.629000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1483.319000000</x:v>
@@ -1342,50 +1366,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c s="0" t="str">
         <x:v>        Privat</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>869.054000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>842.509000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>800.861000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>792.129000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>812.080000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>850.075000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>847.523000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>811.279000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>877.475000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>876.475000000</x:v>
@@ -1494,50 +1521,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c s="0" t="str">
         <x:v>        Företag</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>655.726000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>645.202000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>641.548000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>635.962000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>668.759000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>668.319000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>654.299000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>632.049000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>616.154000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>606.844000000</x:v>
@@ -1654,50 +1684,53 @@
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c s="0" t="str">
         <x:v>Mobilabonnemang - totalt [1]</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>14956.936000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>14922.634000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14796.165000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14721.097000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14682.778000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14764.249000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14696.011000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14459.481000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14337.312000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>14275.159000000</x:v>
@@ -1806,50 +1839,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>8374.004000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7948.518000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7451.438000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7177.813000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6689.805000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6372.367000000</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c s="0" t="str">
         <x:v>    Privat</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>10545.267000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>10539.672000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>10446.165000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>10411.795000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>10408.869000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>10559.527000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>10599.001000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>10476.148000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>10421.612000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>10434.571000000</x:v>
@@ -1958,50 +1994,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>6931.836000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6542.927000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6051.988000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5805.060000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5375.948000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5073.332000000</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c s="0" t="str">
         <x:v>    Företag</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>4411.669000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>4382.962000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4350.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4309.302000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4273.909000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4204.722000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4097.010000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3983.333000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3915.700000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3840.588000000</x:v>
@@ -2201,50 +2240,53 @@
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>3201.390000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4031.335000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4837.783000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5336.150000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6042.432000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6266.642000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6668.304000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7064.816000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7596.635000000</x:v>
@@ -2278,50 +2320,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>8240.004000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7811.518000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7311.438000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7033.813000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6541.805000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6191.367000000</x:v>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c s="0" t="str">
         <x:v>        GSM [13]</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>5169.751000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>5596.671000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6401.729000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6494.805000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6339.202000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7378.605000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>8476.241000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7129.010000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9283.720000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9313.531000000</x:v>
@@ -2430,50 +2475,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c s="0" t="str">
         <x:v>        UMTS och CDMA 2000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>8275.010000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>9583.114000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>11452.287000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>11257.432000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>11117.881000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>11563.477000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>11380.860000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>11287.314000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>12612.949000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>12495.998000000</x:v>
@@ -2681,50 +2729,53 @@
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>0.002000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>106.755000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>109.351000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>114.338000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>117.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>120.128000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>122.717000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>126.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>129.000000000</x:v>
@@ -2734,50 +2785,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>134.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>137.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>140.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>144.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>148.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>181.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c s="0" t="str">
         <x:v>        LTE (VoLTE) [14]</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>13609.058000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>13475.587000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13574.030000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13356.721000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>12903.480000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13069.209000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>12544.314000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>12412.423000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>11884.544000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>11767.447000000</x:v>
@@ -2886,50 +2940,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c s="0" t="str">
         <x:v>        NR-nät (5G)</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>8053.897000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>6414.935000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5293.402000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>4208.201000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3395.590000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2126.451000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1394.334000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>724.308000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>190.365000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>63.652000000</x:v>
@@ -3049,50 +3106,53 @@
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="30">
       <x:c s="0" t="str">
         <x:v>    varav kontraktsabonnemang</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>12480.352000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>12358.205000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>12195.955000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>12103.702000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>11857.750000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>11661.491000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>11507.767000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>11407.427000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>11264.622000000</x:v>
@@ -3201,50 +3261,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>3502.655000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3485.163000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3497.551000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3482.667000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3418.555000000</x:v>
       </x:c>
     </x:row>
     <x:row r="31">
       <x:c s="0" t="str">
         <x:v>        varav på mobilt bredband - endast data</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>1387.632000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1380.505000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1425.640000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1472.084000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1444.104000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1390.120000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1401.973000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1393.969000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1408.806000000</x:v>
@@ -3353,50 +3416,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="32">
       <x:c s="0" t="str">
         <x:v>        varav mobilabonnemang - endast samtal</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>462.495000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>479.772000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>441.758000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>437.220000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>476.731000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>497.294000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>409.715000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>480.234000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>518.962000000</x:v>
@@ -3505,50 +3571,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>3502.655000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3485.163000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3497.551000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3482.667000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3418.555000000</x:v>
       </x:c>
     </x:row>
     <x:row r="33">
       <x:c s="0" t="str">
         <x:v>        varav mobilabonnemang - samtal samtal och data</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>10630.225000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>10497.928000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>10328.557000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>10194.398000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9936.915000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9774.077000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9696.079000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9533.224000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9336.854000000</x:v>
@@ -3657,50 +3726,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="34">
       <x:c s="0" t="str">
         <x:v>    varav aktiva kontantkort [1]</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>2315.813000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2362.892000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2486.823000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2660.547000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2838.261000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2797.990000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2829.545000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2867.732000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3191.289000000</x:v>
@@ -3809,50 +3881,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>4308.863000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3826.275000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3536.262000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3059.138000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2772.812000000</x:v>
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c s="0" t="str">
         <x:v>        varav på mobilt bredband - endast data [4]</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>54.777000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>47.586000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>55.199000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>46.310000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>57.718000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>53.208000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>91.656000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>89.350000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>87.247000000</x:v>
@@ -3961,50 +4036,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="36">
       <x:c s="0" t="str">
         <x:v>        varav mobilabonnemang - endast samtal</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>255.210000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>262.370000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>251.807000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>363.338000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>655.552000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>687.576000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>744.877000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>767.415000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>867.720000000</x:v>
@@ -4113,50 +4191,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>4308.863000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3826.275000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3536.262000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3059.138000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2772.812000000</x:v>
       </x:c>
     </x:row>
     <x:row r="37">
       <x:c s="0" t="str">
         <x:v>        varav mobilabonnemang - samtal och data</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>0.000000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>2005.826000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2052.936000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2179.817000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2250.899000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2124.991000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2057.206000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1993.012000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2010.967000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>2236.322000000</x:v>
@@ -4270,50 +4351,53 @@
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>0.000000000</x:v>
       </x:c>
     </x:row>
     <x:row r="38">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c s="0" t="str">
         <x:v>    varav mobilabonnemang med samtal -  med eller utan data [9]</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>13432.156000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>13434.923000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13353.756000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13293.006000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13201.939000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13245.855000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13194.189000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>13016.153000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>12843.683000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>12791.840000000</x:v>
@@ -4422,50 +4506,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>8374.004000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7948.518000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7451.438000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>7177.813000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6689.805000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6372.367000000</x:v>
       </x:c>
     </x:row>
     <x:row r="40">
       <x:c s="0" t="str">
         <x:v>        Privat</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>9676.213000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>9697.163000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9645.304000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9619.666000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9596.789000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9709.452000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9751.478000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9664.869000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9544.137000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>9558.096000000</x:v>
@@ -4574,50 +4661,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>6931.836000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6542.927000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>6051.988000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5805.060000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5375.948000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>5073.332000000</x:v>
       </x:c>
     </x:row>
     <x:row r="41">
       <x:c s="0" t="str">
         <x:v>        Företag</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>3755.943000000</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>3737.760000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3708.452000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3673.340000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3605.150000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3536.403000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3442.711000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3351.284000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3299.546000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>3233.744000000</x:v>
@@ -4734,50 +4824,53 @@
         <x:v>1399.450000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1372.753000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1313.857000000</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1299.035000000</x:v>
       </x:c>
     </x:row>
     <x:row r="42">
       <x:c s="0" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="43">
       <x:c s="0" t="str">
         <x:v>Antal abonnemang per 1000 invånare [5]</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>1412.005982241</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>1409.429801156</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1402.041541508</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1395.138909752</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1392.392413466</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1403.178958373</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1401.240329413</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1383.374475691</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1377.362898838</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1375.388669429</x:v>
@@ -4886,50 +4979,53 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>934.946761428</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>889.017612318</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>834.939076337</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>805.669533539</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>752.128704328</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>717.383340733</x:v>
       </x:c>
     </x:row>
     <x:row r="44">
       <x:c s="0" t="str">
         <x:v>Antal privata abonnemang per 1000 invånare</x:v>
       </x:c>
       <x:c s="0" t="n">
+        <x:v>995.523420594</x:v>
+      </x:c>
+      <x:c s="0" t="n">
         <x:v>995.462852685</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>989.848199142</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>986.740344477</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>987.090469417</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1003.566527276</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1010.597205779</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1002.279109932</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1001.187789934</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>1005.354176703</x:v>
@@ -5035,51 +5131,51 @@
       </x:c>
       <x:c s="0" t="n">
         <x:v>810.042258684</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>773.930561647</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>731.806525331</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>678.129680569</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>651.585654623</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>604.412954305</x:v>
       </x:c>
       <x:c s="0" t="n">
         <x:v>571.141596021</x:v>
       </x:c>
     </x:row>
     <x:row r="46">
       <x:c s="0" t="str">
-        <x:v>Källa: Post- och telestyrelsen, 13 augusti 2025.
+        <x:v>Källa: Post- och telestyrelsen, 17 november 2025.
 * Se "Innehåll" eller www.statistik.pts.se under Dokument för att få reda på vilken fråga statistiken kommer ifrån. För datainsamlingen Svensk telemarknad första
 halvåret används samma tabeller som för helåret för att göra det lättare att hitta värden. Det innebär att på halvåret innehåller några tabeller inte något nytt värde
 för första halvåret och i vissa tabeller har några rader inte nytt värde.
 [1] Serierna har ett brott 2004 i och med att PTS då övergår till en tremånadsregel för hur länge ett kontantkort anses vara aktivt.
 Med kontantkort avses endast kontantkort som har fyllts på, eller genom vilket tagits emot eller ringts samtal eller på annat sätt genererat intäkter
 under en given period. Längden på denna period varierar beroende på operatör. För 2004 och tidigare använder Telia Sonera 12 månader,
 Tele2 använder 13 månader och Telenor använder 6 månader. Samtliga kontantkort definieras som privata pga. svårigheten att kontrollera om det är
 privatkunder eller företagskunder som är köpare.
 [2] Före första halvåret 2008 'varav via datainstickskort eller USB-modem, totalt'. Datainstickskort inkluderar de abonnemang som primärt inte används för taltrafik utan i första hand för data.
 Exempelvis abonnemang för datainstickskort, interna datakort och datakort som ansluter via USB eller liknande.
 [3] Före år 2012 beräknades aktiva UMTS-, CDMA 2000-, och LTE abonnemang  utifrån att de ska ha genererat trafik (minuter eller data) i UMTS-, CDMA 2000-, eller LTE -näten under det sista kvartalet i mätperioden.
 Övriga räknades som GSM.
 [4] Inkluderar kontantabonnemang där data-accessen använts minst en gång eller fyllts på under det sista kvartalet i mätperioden. Kontantabonnemang som genererat taltrafikminuter under perioden är inte medräknade.
 [5] Vid beräkning av antal abonnemang per 1000 invånare har befolkningsstatistik från SCB använts. Värdena, så som de är beräknade här, tar inte hänsyn till
 om abonnenten har fler än ett abonnemang, ej heller om abonnemanget är ett privat- eller företagsabonnemang.
 [6] Avser abonnemang som inkluderar endast samtalstrafik (dvs ingen datatrafik) 
 [7] Avser abonnemang som inkluderar både samtalstrafik och datatrafik (dvs inte enbart samtal eller enbart data)
 [8] Avser abonnemang som inkluderar endast datatrafik (dvs inte någon samtalstrafik)
 [9] Summering av antalet abonnemang som inkluderar samtalstrafik 
 [10] För åren före 2008 redovisas antal aktiva användare som enbart använt taltjänster, dvs  inte använt mobil data. Från och med 2008 redovisas antal abonnemang på endast samtalstrafk (dvs ingen datatrafik)
 [11] För åren före 2008  redovisas antal aktiva användare av mobil paketdata, från och med 2008 redovisas antal abonnemang på tal och mobil paketdata.
 [12] I de fall värden saknas eller fördelning inte kunnat göras av data har skattning vanligtvis gjorts utifrån fördelning av abonnemang.
 [13] Från och med 2012 har frågan 'hur många abonnemang har använt tjänster i GSM nät' ställts, dvs värdet är ingen framräknad summa.
 Tele2 har fr.o.m. första halvåret 2013 inte kunnat ange hur många av deras abonnemang som använt tjänster i GSM-nät.
 [14] Avser abonnemang som har använt tjänster i 4G (LTE) nätet enligt tremånadersregeln för aktivt abonnemang.