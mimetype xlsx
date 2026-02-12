--- v1 (2025-12-16)
+++ v2 (2026-02-12)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a4e9ac0b5ab40a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R618c2b1fdc004e65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet14" sheetId="14" r:id="Ref8aecb4a6984b9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet71" sheetId="71" r:id="R26dcdc6c0bb14aa7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="12"/>
       <x:color rgb="000000"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="006100"/>
       <x:name val="Verdana"/>
     </x:font>
     <x:font>
       <x:sz val="14"/>
@@ -88,51 +88,51 @@
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="2" borderId="0" applyFill="1"/>
     <x:xf fontId="4" fillId="3" borderId="0" applyFill="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" indent="200"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
   </x:cellXfs>
   <x:xf numFmtId="3453" applyNumberFormat="1" applyFont="1"/>
   <x:col min="5" max="5" width="16" customWidth="1"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R59d47d4dc0494a58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48aa1e8b8cd646d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Ref8aecb4a6984b9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4b04fdca27d54c7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb18414f396c40ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R26dcdc6c0bb14aa7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c s="3" t="str">
         <x:v>Tabell 11-Mobila samtals- och datatjänster - antal kontraktsabonnemang och kontantkort (tusental) [12]*</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2025  1.halvår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2024  helår</x:v>
       </x:c>
       <x:c s="3" t="str">
         <x:v>2024  1.halvår</x:v>
       </x:c>
       <x:c s="3" t="str">